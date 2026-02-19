--- v0 (2025-12-07)
+++ v1 (2026-02-19)
@@ -59,363 +59,363 @@
   <si>
     <t>Системы оповещения и трансляции</t>
   </si>
   <si>
     <t>1.1</t>
   </si>
   <si>
     <t>Аудио системы IP</t>
   </si>
   <si>
     <t>1.1.3</t>
   </si>
   <si>
     <t>IP-громкоговорители</t>
   </si>
   <si>
     <t>FONESTAR</t>
   </si>
   <si>
     <t>SONORA-5AIPN</t>
   </si>
   <si>
     <t>Двухполосная, 2 динамика: НЧ вуфер 5,25” и ВЧ твитер 1". Для систем IP-звукофикации. Двухканальный усилитель класса D, мощность 2х 25 Вт (питание DC 24В) или 2х 20 Вт (питание PoE). Рабочие частоты 80 - 20 000 Гц, обеспечивает прекрасный глубокий звук. Встроенный IP-плеер для воспроизведения файлов из Сети. Аудиовход 1х AUX (Jack 3.5 мм стерео). Аудиовыход 8 Ом (Euroblock) на пассивную АС для создания стереопары. Сетевой коннектор Ethernet RJ-45. Встроенный микрофон и SIP-клиент (сетевые звонки), система автоподстройки громкости. Габаритные размеры 162x263x147 мм, вес 1,9 кг. Корпус из ABS-пластика, решетка алюминиевая. Монтаж на поворотно-наклонный кронштейн со страховочным тросиком (в комплекте). Питание PoE или DC 24В.</t>
   </si>
   <si>
-    <t>158 955</t>
+    <t>161 579</t>
   </si>
   <si>
     <t>звоните</t>
   </si>
   <si>
     <t>1.2</t>
   </si>
   <si>
     <t>Модули автоматических сообщений</t>
   </si>
   <si>
     <t>1.2.2</t>
   </si>
   <si>
     <t>Цифровые модули автоматических сообщений</t>
   </si>
   <si>
     <t>ZSM-1000</t>
   </si>
   <si>
     <t>Менеджер тревожных сообщений и фоновой музыки с внутренними часами и календарём для расписаний. Встроенный медиаплеер, воспроизведение файлов записанных в память (емкость 16 Гб). SIP-клиент с возможностью вещания в реальном времени. Настройки работы, расписания и т.п. производятся в ПО ZSM-GO (в комплекте), подключение к ПК через USB или по Ethernet/Интернет (порт RJ-45). Поддерживает вещание с независимой громкостью в 10 локациях. Стильный дизайн с LCD дисплеем и светодиодной индикацией. Габаритные размеры 294x45x158 мм, вес 1.8 кг. Монтаж настольный или Rack (1U, крепления в комплекте), питание от сети 220В. Цвет матовый черный.</t>
   </si>
   <si>
-    <t>143 787</t>
+    <t>146 161</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>ZSM-1050</t>
   </si>
   <si>
     <t>Менеджер тревожных сообщений и фоновой музыки с внутренними часами и календарём для расписаний. Выходы на 4 зоны (4х RCA). Встроенный медиаплеер, воспроизведение файлов с USB/SD-card или из памяти (емкость 16 Гб). Подключение внешнего источника по стерео-входу 2RCA. Управление через сеть Ethernet или Интернет, входной порт RJ-45. SIP-клиент с возможностью вещания в реальном времени в каждую из зон. 4 приоритетных входа (Euroblock) для подключения тревожной сигнализации. На выходах 4 универсальных реле (Euroblock) и 2 разъёма RJ-45 для расширения возможностей системы. Настройки работы, расписания и т.п. производятся в ПО ZSM-GO (в комплекте). Стильные элементы управления и LCD дисплей, светодиодная индикация. Габаритные размеры 435x45x220 мм, вес 2.7 кг. Монтаж настольный или Rack (1U, крепления в комплекте), питание от сети 220В. Цвет матовый черный.</t>
   </si>
   <si>
-    <t>242 691</t>
+    <t>246 697</t>
   </si>
   <si>
     <t>1.3</t>
   </si>
   <si>
     <t>Голосовое оповещение EN 54</t>
   </si>
   <si>
     <t>1.3.2</t>
   </si>
   <si>
     <t>Компоненты системы оповещения</t>
   </si>
   <si>
     <t>ZS-200M</t>
   </si>
   <si>
     <t>Прибор для подачи объявления и дистанционного управления центральным блоком системы аварийного оповещения ZS-2000M. Сертифицирован по стандартам EN 54-16. Обеспечивает кристально чистую передачу голоса, возможность выбора зоны вещания (поддерживает столько же, сколько и центральный блок), подачу тревожного сигнала. Встроенный громкоговоритель позволяет вести разговор с другим терминалом. Гибкая настройка управления кнопок на сенсорном TFT-дисплее 4,3". Кнопка PTT. Подключение и обмен данными по Ethernet (порт  RJ-45), до 20 микрофонов в системе. Питание от сети через адаптер в комплекте. Габаритные размеры 210x55x110 мм, вес 0,75 кг.</t>
   </si>
   <si>
-    <t>269 036</t>
+    <t>273 476</t>
   </si>
   <si>
     <t>ZS-4328IO</t>
   </si>
   <si>
     <t>Прибор для расширения возможностей для системы аварийного оповещения ZS. За счет него увеличивается количество подключаемых внешних источников сигнала (4 линейных входа 2RCA). Оснащён 32-мя контролируемыми входами GPIO для замыкания/размыкания контактов реле (разъемы Euroblock) и 8-ю аналогичными выходами. Встроенный плеер, память на 512 Мб и слот для карты памяти SD-card дает возможность воспроизведения цифровых файлов. 4 сетевых порта RJ-45 (Ethernet) и 2 коммуникационных порта RS-485. Питание от сети 220В через адаптер. Габаритные размеры 483x92x425 мм, вес 7 кг. Монтаж Rack (2U). 1 модуль может синхронизироваться и совместно работать с 32-мя центральными блоками ZS-2000M.</t>
   </si>
   <si>
-    <t>1 089 536</t>
+    <t>1 107 520</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>ZS-200SO-SP</t>
   </si>
   <si>
     <t>Программное обеспечение для управления цифровыми системами аварийного оповещения на базе центральных блоков ZS-2000M, развернутых на небольших или средних объектах. Обслуживает до 20-и блоков и генерирует до 20 аудиоканалов. Обеспечивает: круглосуточный мониторинг состояния системы, ведение реестра событий, поддержку разного уровня доступа пользователей и защиту от копирования системной информации. Удобный визуальный интерфейс управления с использованием карт. Установка на ПК.</t>
   </si>
   <si>
-    <t>628 903</t>
+    <t>639 283</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>ZS-2000SO-C</t>
   </si>
   <si>
     <t>Программное обеспечение для управления цифровыми системами аварийного оповещения на базе центральных блоков ZS-2000M, развернутых на крупных объектах. Обслуживает до 250-и блоков и генерирует до 60 аудиоканалов. Обеспечивает: круглосуточный мониторинг состояния системы, ведение реестра событий, поддержку разного уровня доступа пользователей и защиту от копирования системной информации. Удобный визуальный интерфейс управления с использованием карт. Клиентская лицензия, для полноценной работы нужна серверная лицензия.</t>
   </si>
   <si>
-    <t>240 828</t>
+    <t>244 803</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>ZS-2000SO-S</t>
   </si>
   <si>
     <t>Программное обеспечение для управления цифровыми системами аварийного оповещения на базе центральных блоков ZS-2000M, развернутых на крупных объектах. Обслуживает до 250-и блоков и генерирует до 60 аудиоканалов. Обеспечивает: круглосуточный мониторинг состояния системы, ведение реестра событий, поддержку разного уровня доступа пользователей и защиту от копирования системной информации. Удобный визуальный интерфейс управления с использованием карт. Серверная лицензия, для полноценной работы нужна лицензия на пользователя.</t>
   </si>
   <si>
-    <t>896 519</t>
+    <t>911 317</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>ZS-2000M</t>
   </si>
   <si>
     <t>Устройство для управления системой аварийного оповещения ZS. Сертифицирован по стандартам EN 54-16. Обеспечивает поддержку 8-и зон вещания через громкоговорители 100В, с возможностью расширения до 2000 зон. Обмен данными внутри системы по Ethernet (несколько портов RJ-45). Мониторинг линий АС (A+B) и микрофонных терминалов ДУ и подачи объявлений ZS-200M (до 20 шт.). Встроенный плеер и менеджер сообщений для воспроизведения файлов из памяти (512 Мб) по расписанию. Реестр зафиксированных ошибок. 2 режима работы линий 100В при 8 зонах: 1 усилитель для каждого источника сигнала или 1 усилитель на каждые 2 зоны. 8 входов и 8 выходов замыкания/размыкания контактов. Кнопки управления на лицевой панели. Питание от сети 220В через адаптер. Габаритные размеры 483x88x425 мм, вес 9.5 кг. Монтаж Rack (2U).</t>
   </si>
   <si>
-    <t>726 653</t>
+    <t>738 647</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>ZS-2250</t>
   </si>
   <si>
     <t>Цифровой усилитель для системы аварийного оповещения на базе центрального блока ZS-2000M. Двухканальный, 2 выхода на акустику 70/100В, мощность 2х 250 Вт. Подключение к центральному блоку для управления и контроля через сетевой порт RJ-45. Защита от КЗ, перегрева и перегрузки. Светодиодная индикация. Габаритные размеры 483x92x425 мм, вес 11 кг. Питание от сети AC 220В. Монтаж настольный или Rack (2U).</t>
   </si>
   <si>
-    <t>560 602</t>
+    <t>569 855</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>ZS-1500</t>
   </si>
   <si>
     <t>Цифровой усилитель для системы аварийного оповещения на базе центрального блока ZS-2000M. Одноканальный, выход на акустику 70/100В, мощность 500 Вт. Подключение к центральному блоку для управления и контроля через сетевой порт RJ-45. Защита от КЗ, перегрева и перегрузки. Светодиодная индикация. Габаритные размеры 483x92x425 мм, вес 10,4 кг. Питание от сети AC 220В. Монтаж настольный или Rack (2U).</t>
   </si>
   <si>
-    <t>475 713</t>
+    <t>483 565</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>ZS-4125</t>
   </si>
   <si>
     <t>Цифровой усилитель для системы аварийного оповещения на базе центрального блока ZS-2000M. Четырехканальный, 4 выхода на акустику 70/100В, мощность 4х 125 Вт. Подключение к центральному блоку для управления и контроля через сетевой порт RJ-45. Защита от КЗ, перегрева и перегрузки. Светодиодная индикация. Габаритные размеры 483x92x425 мм, вес 12.5 кг. Питание от сети AC 220В. Монтаж настольный или Rack (2U).</t>
   </si>
   <si>
-    <t>696 051</t>
+    <t>707 540</t>
   </si>
   <si>
     <t>1.4</t>
   </si>
   <si>
     <t>Зональные системы</t>
   </si>
   <si>
     <t>1.4.1</t>
   </si>
   <si>
     <t>Цифровые зональные системы</t>
   </si>
   <si>
     <t>MPX-400MIC</t>
   </si>
   <si>
     <t>Прибор для подачи объявления и дистанционного управления аудиоматрицей MPX-4088. Конденсаторный, тип гусиная шея, высота 430 мм. Обеспечивает возможность выбора 1-й из 32-х зон вещания (или группу) для кристально чистой передачи голоса или подачи одного из нескольких сигналов для привлечения внимания. Сенсорный ЖК-дисплей и 2 стильных регулятора звук/выбор зоны. Разъём RJ-45 для подключения и микрофонный вход XLR. Настройка и управление через ПК, подключение mini-USB. Светодиодные индикаторы. Габаритные размеры базы 176x60x166 мм, вес 1 кг. Питание фантомное (+12В) или от усилителя. Ветрозащита в комплекте.</t>
   </si>
   <si>
-    <t>94 735</t>
+    <t>96 298</t>
   </si>
   <si>
     <t>MPX-450D</t>
   </si>
   <si>
     <t>Модуль для обеспечения аудиоматрицы MPX-4088 обменом данными по цифровым протоколам DANTE. 8 х 8 входных/выходных цифровых аудиоканала. Коннекторы - 2х RJ-45 (первичный и вторичный). Габаритные размеры 122x32x120 мм, вес 200 г.</t>
   </si>
   <si>
-    <t>167 293</t>
+    <t>170 055</t>
   </si>
   <si>
     <t>MPX-440X</t>
   </si>
   <si>
     <t>Настенный модуль для дистанционного наращивания количества RD-портов аудиоматрицы MPX-4088, подключение через входной RD-порт (RJ-45). Выходы: 4х RJ-45 (RD-порты). Светодиодная индикация наличия сигнала у каждого порта. Габаритные размеры 196x44x135 мм, вес 0.9 кг. Монтаж настенный, питание DC 24В (Euroblock).</t>
   </si>
   <si>
-    <t>60 584</t>
+    <t>61 584</t>
   </si>
   <si>
     <t>MPX-410ES</t>
   </si>
   <si>
     <t>Настенный модуль для дистанционного подключения источников звука к аудиоматрице MPX-4088. Преобразует аналоговые сигналы в цифровые для передачи в цифровой RD-порт матрицы (разъем RJ-45). Входные каналы: 1 микрофонный, XLR; 1 стерео 2RCA. Выходные каналы: 2 линейных, Euroblock. Регулировка громкости и подключаемое фантомное питание +48В. Светодиодные индикаторы присутствия и насыщенности сигналов на входах и выходах. Максимум два модуля для работы с одной матрицей. Габаритные размеры 147x86x47 мм, вес 0,25 кг. Питание DC 24В от матрицы через RD-порт.</t>
   </si>
   <si>
-    <t>52 601</t>
+    <t>53 469</t>
   </si>
   <si>
     <t>MPX-420V</t>
   </si>
   <si>
     <t>Настенный модуль для дистанционного управления громкостью звука с выбором зоны вещания. Работает с аудиоматрицей MPX-4088, подключение через RD-порт (RJ-45). ЖК-дисплей и регулятор громкости. Выходной разъём RJ-45 для подключения до 8 аналогичных модулей. Габаритные размеры 147x86x47 мм, вес 0,23 кг. Питание DC 24В от матрицы через RD-порт.</t>
   </si>
   <si>
-    <t>36 634</t>
+    <t>37 239</t>
   </si>
   <si>
     <t>MPX-430VS</t>
   </si>
   <si>
     <t>Настенный модуль для дистанционного управления громкостью звука с выбором зоны вещания и преобразования цифрового сигнала в аналоговый. Работает с аудиоматрицей MPX-4088, подключение через RD-порт (RJ-45). ЖК-дисплей и регулятор громкости. Аналоговые выходы: 2 линейных, Euroblock. Габаритные размеры 147x86x47 мм, вес 0,23 кг. Питание DC 24В от матрицы через RD-порт.</t>
   </si>
   <si>
-    <t>39 473</t>
+    <t>40 124</t>
   </si>
   <si>
     <t>MPX-460P</t>
   </si>
   <si>
     <t>Настенная сенсорная панель для дистанционного управления громкостью звука с выбором зоны и сценария вещания, если таковой имеется. Работает с аудиоматрицей MPX-4088, подключение через RD-порт (RJ-45). Стильный и послушный LCD-дисплей. Выходной разъём RJ-45 для подключения до 8 аналогичных модулей. Габаритные размеры 150x115x25 мм, вес 0,7 кг. Питание DC 24В от матрицы через RD-порт или через Euroblock.</t>
   </si>
   <si>
-    <t>89 945</t>
+    <t>91 429</t>
   </si>
   <si>
     <t>MPX-4088</t>
   </si>
   <si>
     <t>Аудиоматрица на 12 х 12 каналов. Аналоговые каналы: 8 входных, балансных линейных на разъемах Euroblock (подключение источников и микрофонов) и 8 выходных, балансных линейных на разъемах Euroblock (подключение усилителей). Цифровые коннекторы 5х RJ-45: 1 для подключения к сети Ethernet, 2 для дистанционных модулей управления, 1 для подключения еще одной аудиоматрицы и 1 для расширения системы. Количество цифровых входных/выходных звуковых каналов 4 х 4. Дополнительно есть выходной порт RS-232 (Euroblock) по которому, как и по TCP/IP систему можно интегрировать с иными аналогичными. DSP обработка входных и выходных сигналов: параметрическое выравнивание, подавление обратной связи и т.п. Фантомное питание для микрофонов на входах 1-8. Светодиодные индикаторы питания, шины, сигнала и отказа; ЖК-дисплей. Управление и настройка работы через ПО для ПК или приложения для Android/iOs. Совместимость с протоколами DANTE. Габаритные размеры 483x44x256 мм, вес 3,9 кг. Питание от сети 220В, монтаж настольный или Rack (1U).</t>
   </si>
   <si>
-    <t>288 018</t>
+    <t>292 772</t>
   </si>
   <si>
     <t>1.4.2</t>
   </si>
   <si>
     <t>Аналоговые зональные системы</t>
   </si>
   <si>
     <t>ZS-1112R</t>
   </si>
   <si>
     <t>Устройство в составе системы аварийного оповещения на базе блока управления сигнализацией ZSC-1110. Осуществляет контроль за 10-ю аттенюаторами с реле 24В с целью активации приоритета вещания через них при поступлении сигнала с микрофона ZS-11. Сигнал "Тревога" от микрофона сбрасывается только вручную. Количество зон можно расширить до 300. Подключение к центральному блоку через коммуникационный порт RS-485, аттенюаторы подключаются винтовыми клеммами. Габаритные размеры 484x88x303 мм, вес 6.2 кг. Монтаж Rack, высота 2U.</t>
   </si>
   <si>
-    <t>112 298</t>
+    <t>114 151</t>
   </si>
   <si>
     <t>M-46</t>
   </si>
   <si>
     <t>Прибор для подачи объявления и дистанционного управления зональным усилителем MPZ-461. Конденсаторный, тип гусиная шея, высота 470 мм. Обеспечивает возможность выбора 1-й из 4-х зон вещания (или группу) для кристально чистой передачи голоса или подачи одного из нескольких тревожных сигналов. Кнопки управления на лицевой панели. 2 разъёма RJ-45 для подключения. Светодиодное кольцо и точечные индикаторы. Габаритные размеры базы 220x55x140 мм, вес 1.4 кг. Питание от усилителя или от сети 220В через адаптер (в комплекте, как и кабель RJ-45).</t>
   </si>
   <si>
-    <t>77 970</t>
+    <t>79 257</t>
   </si>
   <si>
     <t>MZ-648</t>
   </si>
   <si>
     <t>Прибор для подачи объявления и дистанционного управления зональным усилителем MPZ-6480RGU. Конденсаторный, тип гусиная шея, высота 485 мм. Обеспечивает возможность выбора 1-й из 6-и зон вещания (или группу) для кристально чистой передачи голоса, подачи сигнала Гонг или проигрывания записанного в память сообщения (6 шт.). Кнопки управления на лицевой панели. 2 разъёма RJ-45 для подключения и линейный стереовход 2RCA. Подключение к ПК через USB B. Светодиодное кольцо и точечные индикаторы. Габаритные размеры базы 220x55x160 мм, вес 1 кг. Питание от усилителя или от сети 220В через адаптер (в комплекте, как и кабель RJ-45).</t>
   </si>
   <si>
-    <t>58 899</t>
+    <t>59 871</t>
   </si>
   <si>
     <t>ZS-11</t>
   </si>
   <si>
     <t>Прибор для подачи объявления и дистанционного управления коммутатором линий 100В ZSC-1110. Конденсаторный, тип гусиная шея, высота 475 мм. Обеспечивает возможность прямого выбора 1-й из 10-и зон вещания (или группу) для кристально чистой передачи голоса или подачи сигнала Гонг. Кнопки управления на лицевой панели и тыльной части: селектор зон, подача сигналов, громкость. 2 разъёма RJ-45 для подключения. Линейные вход и выход, 6.3 мм Jack. Светодиоднst индикаторы. Габаритные размеры базы 220x52x143 мм, вес 1.5 кг. Питание от усилителя или от сети 220В через адаптер (в комплекте, как и кабель RJ-45).</t>
   </si>
   <si>
-    <t>71 140</t>
+    <t>72 314</t>
   </si>
   <si>
     <t>ZSC-1110</t>
   </si>
   <si>
     <t>Обеспечивает коммутацию входных аналоговых сигналов на 10 зон с трансляционными громкоговорителями 100В. Возможно расширение системы до 300 зон за счет дополнительных коммутаторов. Подключение до 16 микрофонных терминалов ZS-11 (вх. и вых. порты RJ-45). Генерация нескольких приоритетных сигналов для привлечения внимания. Для каждой из 10 зон предусмотрены 2 линейных входа от усилителей (Euroblock). Дополнительные входы: 2 микрофонных 6.3 мм Jack, 2 линейных Euroblock, 2 тревожных Euroblock (приоритет). Выходы на акустику 100В (10 шт., Euroblock), 2 линейных и 2 тревожных для замыкания реле модуля контроля за аттенюаторами. Регулировка громкости и эквалайзинг (НЧ+ВЧ), активация сигналов внимания. Светодиодная индикация. Габаритные размеры 484x88x340 мм, вес 5 кг. Питание от сети 220В, монтаж настольный или Rack (2U).</t>
   </si>
   <si>
-    <t>128 974</t>
+    <t>131 103</t>
   </si>
   <si>
     <t>MPZ-461</t>
   </si>
   <si>
     <t>Зональный усилитель мощности, поддерживает 5 входных каналов и 4 выходных канала на акустику 4 Ом/70В/100В, общая мощность 320 Вт, до 4х 90 Вт на канал. Для каждого входа: регуляторы усиления и громкости, НЧ+ВЧ эквлайзер. У каждого выхода независимая регулировка громкости. Дистанционное управление посредством микрофонных консолей с селектором зон M-46 (до 4 штук). Встроенный медиаплеер для воспроизведения MP3 с USB или micro SD, цифровой FM-тюнер. Входы: 3 микрофонных/линейных (XLR и 6.3 мм Jack), 2 линейных 2RCA, 1х RJ-45 для микрофонных терминалов и 1 телефонный, приоритетный (винтовые клеммы). Выходы: 4х на акустику (винтовые клеммы), 1х линейный 2RCA, для записи и 1 для мониторного громкоговорителя (8 Ом, винт). Обеспечивает фантомное питание микрофонов (входы 1-3) +48В. ИК-пульт ДУ. Защита от перегрузки, КЗ и перегрева. Габаритные размеры 483x138x440 мм, вес 15.5 кг. Питание от сети 220В, монтаж настольный или Rack (3U).</t>
   </si>
   <si>
-    <t>247 570</t>
+    <t>251 656</t>
   </si>
   <si>
     <t>MPZ-6241</t>
   </si>
   <si>
     <t>Зональный усилитель мощности класса D. Поддерживает 6 входных каналов и 6 выходных каналов на трансляционную акустику 100В, общая мощность 240 Вт, до 6х 40 Вт на канал. Для каждого входа: регуляторы усиления и громкости, НЧ+ВЧ эквлайзер. У каждого выхода независимая регулировка громкости. Дистанционное управление посредством микрофонных консолей с селектором зон (до 6 штук). Встроенный медиаплеер для воспроизведения MP3 с USB или micro SD, цифровой FM-тюнер. Входы: 4 микрофонных/линейных (XLR и 6.3 мм Jack), 2 линейных 2RCA, 2х RJ-45 для микрофонных терминалов, 1 тревожный, приоритетный, 1 Mute, приоритетный и 1 телефонный, приоритетный (3х Euroblock). Выходы: 6х на акустику (винтовые клеммы) и 1х линейный 2RCA, для записи. Обеспечивает фантомное питание микрофонов +48В (входы 1-4). Генератор сигналов "Гонг" и "Сирена". ИК-пульт ДУ. Защита от перегрузки и перегрева. Габаритные размеры 484x88x353 мм, вес 8.2 кг. Питание от сети 220В, монтаж настольный или Rack (2U).</t>
   </si>
   <si>
-    <t>226 370</t>
+    <t>230 106</t>
   </si>
   <si>
     <t>MPZ-6480RGU</t>
   </si>
   <si>
     <t>Зональный усилитель мощности. Поддерживает 6 входных каналов и 6 выходных каналов на акустику 100В или 4Ом, общая мощность 480 Вт (6х 80 Вт). Для каждого входа: регуляторы громкости и НЧ+ВЧ эквлайзер. У каждого выхода независимая регулировка громкости. Дистанционное управление посредством микрофонных консолей MZ-648 с селектором зон (до 3 штук). Встроенный медиаплеер для воспроизведения MP3 с USB или SD-card, цифровой FM-тюнер. Встроенная память для сообщений/музыки. Одинарный или двойной режимы работы (для последнего нужен внешний усилитель). Входы: 4 микрофонных/линейных (XLR и 6.3 мм Jack), 2 линейных 2RCA, 1 микрофонный 6.3 мм Jack, 2х RJ-45 для микрофонных терминалов, 1 телефонный, приоритетный (винтовые клеммы), вход для внешнего усилителя. Выходы: 6х на акустику (винтовые клеммы) и 1х линейный 2RCA, для записи. Обеспечивает фантомное питание микрофонов +24В (входы 1-4). Защита от перегрузки и перегрева. Габаритные размеры 484x133x433 мм, вес 15.9 кг. Питание от сети 220В, монтаж настольный или Rack (3U).</t>
   </si>
   <si>
-    <t>236 482</t>
+    <t>240 385</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>