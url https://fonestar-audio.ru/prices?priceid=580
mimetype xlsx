--- v0 (2025-12-07)
+++ v1 (2026-02-19)
@@ -59,216 +59,216 @@
   <si>
     <t>Бытовая электроника</t>
   </si>
   <si>
     <t>1.1</t>
   </si>
   <si>
     <t>Портативное аудио оборудование</t>
   </si>
   <si>
     <t>1.1.1</t>
   </si>
   <si>
     <t>Портативные колонки</t>
   </si>
   <si>
     <t>FONESTAR</t>
   </si>
   <si>
     <t>MALIBU-110L</t>
   </si>
   <si>
     <t>Двухполосная, 2 динамика: НЧ вуфер 10” и ВЧ твитер 1", корпус bass-reflex. Обеспечивает звук высокого качества. Усилитель класса D, мощность 20 Вт (максимальная 100 Вт). Встроенный медиаплеер воспроизводит файлы с USB и SD-card или от линейного источника через стереовход 2RCA. Управление плеером, регулировка громкости, эха и тона. Функция диктофона (запись с микрофона). 1 микрофонный вход XLR для подключения внешнего микрофона. В комплекте ручной UHF микрофон (684 МГц). Питание от Li-ion аккумулятора, емкость 2000 мА/ч, до 5 часов работы, заряд от сети 220В. Габаритные размеры 310x490x280 мм, вес 6.7 кг. Для удобства переноса есть выдвижная ручка. Монтаж напольный или на акустическую стойку.</t>
   </si>
   <si>
-    <t>45 505</t>
+    <t>46 256</t>
   </si>
   <si>
     <t>звоните</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>MALIBU-215P</t>
   </si>
   <si>
     <t>Двухполосная, 2 динамика: НЧ вуфер 15” и ВЧ твитер 1", корпус bass-reflex. Обеспечивает звук высокого качества. Усилитель класса D, мощность 40 Вт (максимальная 200 Вт). Встроенный медиаплеер воспроизводит файлы с USB и SD-card или от линейного источника через стереовход 2RCA. Управление плеером, регулировка громкости, эха, графический эквалайзер (4 полосы). Функция диктофона (запись с микрофона). 2 комбинированных входа XLR / 6.3 мм Jack для подключения внешних микрофонов + стереовыход 2RCA для создания стереопары. В комплекте 2 VHF микрофона: ручной (190.9 МГц) и головной (174.3 МГц). Питание от Li-ion аккумулятора, емкость 8000 мА/ч, до 5 часов работы, заряд от сети 220В. Габаритные размеры 450x685x385 мм, вес 15.5 кг. Для удобства переноса есть выдвижная ручка. Монтаж напольный или на акустическую стойку.</t>
   </si>
   <si>
-    <t>73 269</t>
+    <t>74 478</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>MALIBU-308</t>
   </si>
   <si>
     <t>Двухполосная, 2 динамика: НЧ вуфер 8” и ВЧ драйвер 1", корпус bass-reflex. Обеспечивает звук высокого качества. Усилитель класса D, мощность 20 Вт (максимальная 100 Вт). Встроенный медиаплеер воспроизводит файлы с USB/micro SD или гаджетов подключенных через модуль Bluetooth, а также радио от FM-тюнера или от линейного источника через стереовход 3.5 мм Jack. Управление плеером, регулировка громкости, эха, эквалайзер НЧ и ВЧ. Функция диктофона (запись с микрофона) и караоке (блокировка всех источников при звуке с микрофона). Микрофонный 6.3 мм Jack для подключения внешнего микрофона. Возможность синхронизации со второй АС (ведомой) по Bluetooth. В комплекте ручной микрофон UHF (650 MHz). Питание от Li-ion аккумулятора, емкость 2200 мА/ч, до 8 часов работы, заряд от сети 220В. Габаритные размеры 250x415x200 мм, вес 3.9 кг. Для удобства переноса есть выдвижная ручка.</t>
   </si>
   <si>
-    <t>26 966</t>
+    <t>27 411</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>MALIBU-312</t>
   </si>
   <si>
     <t>Двухполосная, 2 динамика: НЧ вуфер 12” и ВЧ драйвер 1", корпус bass-reflex. Обеспечивает звук высокого качества. Усилитель класса D, мощность 50 Вт (максимальная 250 Вт). Встроенный медиаплеер воспроизводит файлы с USB/micro SD или гаджетов подключенных через модуль Bluetooth, а также радио от FM-тюнера или от линейного источника через стереовход 3.5 мм Jack. Управление плеером, регулировка громкости, эха, эквалайзер НЧ и ВЧ. Функция диктофона (запись с микрофона) и караоке (блокировка всех источников при звуке с микрофона). 2 микрофонных 6.3 мм Jack для подключения внешних микрофонов + гитарный 6.3 мм Jack. Возможность синхронизации с двумя АС (ведомые) по Bluetooth. В комплекте 2 UHF микрофона: ручной (650 МГц) и головной (660 МГц). Питание от Li-ion аккумулятора, емкость 5000 мА/ч, до 16 часов работы, заряд от сети 220В. Габаритные размеры 390x580x300 мм, вес 8.3 кг. Для удобства переноса есть выдвижная ручка. Монтаж напольный или на акустическую стойку.</t>
   </si>
   <si>
-    <t>49 762</t>
+    <t>50 584</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>FAL-M15</t>
   </si>
   <si>
     <t>Чехол для транспортировки портативной АС MALIBU-215P. Скрывает верхнюю и все боковые части АС. 4 технологических отверстия: сверху, справа и слева на молнии, для ручек; сзади на липучке, для доступа к элементам управления. Высокоплотный и прочный материал. Размеры 450 x 685 x 385 мм.</t>
   </si>
   <si>
-    <t>8 604</t>
+    <t>8 746</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>FAL-M8</t>
   </si>
   <si>
     <t>Чехол для транспортировки портативной АС MALIBU-308. Скрывает верхнюю и все боковые части АС. Высокоплотный и прочный материал. Размеры 250 x 385 x 200 мм.</t>
   </si>
   <si>
-    <t>3 371</t>
+    <t>3 426</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>FAL-M12</t>
   </si>
   <si>
     <t>Чехол для транспортировки портативной АС MALIBU-312. Скрывает верхнюю и все боковые части АС. 4 технологических отверстия: сверху, справа и слева на молнии, для ручек; сзади на липучке, для доступа к элементам управления. Высокоплотный и прочный материал. Размеры 390 x 580 x 300 мм.</t>
   </si>
   <si>
-    <t>6 564</t>
+    <t>6 672</t>
   </si>
   <si>
     <t>1.1.3</t>
   </si>
   <si>
     <t>Акустика с караоке</t>
   </si>
   <si>
     <t>BOX-35LED</t>
   </si>
   <si>
     <t>Широкополосная, 1 динамик НЧ вуфер 6.5”. Обеспечивает качественный звук. Усилитель мощностью 35 Вт RMS. Встроенный медиаплеер воспроизводит файлы с USB/SD-card или гаджетов подключенных через модуль Bluetooth, а также радио от FM-тюнера. Управление плеером и караоке, регулировка громкости, эффект эха, эквалайзер НЧ и ВЧ. Возможность синхронизации со второй АС (ведомой) по Bluetooth. Светодиодное кольцо с настройкой эффектов свечения. В комплекте ручной микрофон VHF (175.5 МГц) и пульт ДУ. Питание от Li-ion аккумулятора, емкость 4400 мА/ч, до 10 часов работы, заряд от сети 220В (6 ч). Габаритные размеры 250x355x155 мм, вес 2.5 кг. Для удобства переноса есть ручка.</t>
   </si>
   <si>
-    <t>25 369</t>
+    <t>25 788</t>
   </si>
   <si>
     <t>1.5</t>
   </si>
   <si>
     <t>Вспомогательное оборудование</t>
   </si>
   <si>
     <t>1.5.3</t>
   </si>
   <si>
     <t>Аудиоконвертеры</t>
   </si>
   <si>
     <t>TC-3SM</t>
   </si>
   <si>
     <t>Используется с целью конвертации аналогового акустического стереосигнала в два (2) моно сигнала. Согласовывает сопротивление и распределяет сигналы. Рабочие частоты 20 - 20 000 Гц. Вход 1х 2RCA, выходы 2х RCA. Габаритные размеры 42x31x67 мм, вес 100 г.</t>
   </si>
   <si>
-    <t>9 935</t>
+    <t>10 099</t>
   </si>
   <si>
     <t>FO-37DA</t>
   </si>
   <si>
     <t>Используется с целью конвертации цифрового акустического сигнала (формат стерео PCM SPDIF) в аналоговый стереосигнал. ЦАП: 24-бита, 32-96 кГц. Входы: 1 оптический Toslink и 1 коаксиальный RCA, стереовыход 2RCA. Габаритные размеры 64x26x42 мм, вес 100 г.</t>
   </si>
   <si>
-    <t>5 943</t>
+    <t>6 041</t>
   </si>
   <si>
     <t>1.11</t>
   </si>
   <si>
     <t>Оборудование Hi-Fi-класса</t>
   </si>
   <si>
     <t>1.11.1</t>
   </si>
   <si>
     <t>Усилители мощности Hi-Fi</t>
   </si>
   <si>
     <t>AS-1515</t>
   </si>
   <si>
     <t>Стерео-усилитель, работает с акустикой 4-16 Ом, мощность 15 + 15 Вт (при 4 Ом). Встроенный медиаплеер для воспроизведения MP3 с USB или гаджетов подключенных через Bluetooth (v 5.0); цифровой FM-тюнер. Рабочие частоты 20 - 20 000 Гц, сигнал/шум &gt; 70 дБ. Аудиовходы: 2 микрофонных балансных 6.3 мм Jack, 1 линейный AUX (стерео RCA). Стереовыход на акустику 4-16 Ом. Регуляторы громкости и эха для микрофонных входов, эквалайзер НЧ и ВЧ, общий регулятор громкости, кнопки управления плеером + пульт ДУ. Стильный LCD дисплей и светодиодная индикация. Защита от перегрева, КЗ и перегрузки. Габаритные размеры 250x90x276 мм, вес 2.65 кг. Питание от сети AC 220В. Монтаж настольный, цвет черный.</t>
   </si>
   <si>
-    <t>23 240</t>
+    <t>23 624</t>
   </si>
   <si>
     <t>AS-3030</t>
   </si>
   <si>
     <t>Стерео-усилитель, работает с акустикой 4-16 Ом, мощность 30 + 30 Вт (при 4 Ом). Встроенный медиаплеер для воспроизведения MP3 с USB или гаджетов подключенных через Bluetooth (v 5.0); цифровой FM-тюнер. Рабочие частоты 20 - 20 000 Гц, сигнал/шум &gt; 70 дБ. Аудиовходы: 2 микрофонных балансных 6.3 мм Jack, 1 линейный AUX (стерео RCA) и 1 линейный, стерео 3.5 мм Jack. Стереовыход на акустику 4-16 Ом. Регуляторы громкости и эха для микрофонных входов, эквалайзер НЧ и ВЧ, общий регулятор громкости, кнопки управления плеером + пульт ДУ. Стильный LCD дисплей и светодиодная индикация. Защита от перегрева, КЗ и перегрузки. Габаритные размеры 330x92x276 мм, вес 3.15 кг. Питание от сети AC 220В. Монтаж настольный, цвет черный.</t>
   </si>
   <si>
-    <t>33 264</t>
+    <t>33 813</t>
   </si>
   <si>
     <t>1.11.4</t>
   </si>
   <si>
     <t>Виниловые проигрыватели</t>
   </si>
   <si>
     <t>VINYL-13</t>
   </si>
   <si>
     <t>Устройство Hi-Fi класса. Ременной привод и высокоточный серводвигатель с быстрым запуском и остановкой, игла ходит без проскальзывания. Скорость воспроизведения регулируется: 33 или 45 оборотов в минуту. Автоматический переход в режим ожидания через 20 минут. Выбор выхода: наушники или линейный; регулировка тона звука. Материал корпуса МДФ с отделкой черным матовым ПВХ, пластина из алюминия. Габаритные размеры 432 x 140 x 349 мм, вес 4.2 кг. Монтаж настольный. В комплекте аудиокабель длиной 1,5 м с разъёмами 2xRCA, центратор для пластинок 7", защитный коврик для пластины и прозрачная крышка.</t>
   </si>
   <si>
-    <t>50 206</t>
+    <t>51 034</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>