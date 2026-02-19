--- v0 (2025-12-07)
+++ v1 (2026-02-19)
@@ -59,51 +59,51 @@
   <si>
     <t>Свет и эффекты</t>
   </si>
   <si>
     <t>1.2</t>
   </si>
   <si>
     <t>Стационарное освещение</t>
   </si>
   <si>
     <t>1.2.2</t>
   </si>
   <si>
     <t>PAR-прожекторы</t>
   </si>
   <si>
     <t>FONESTAR</t>
   </si>
   <si>
     <t>PAR-189AL</t>
   </si>
   <si>
     <t>Стационарный прибор для создания заливного света. 18 светодиодов RGBW, мощность каждого 10 Вт, общая 18х 10 Вт. Управление по интерфейсу DMX, 4 или 8 каналов (переключается): режим мастер/слэйв, настройка стробоскопа и активация звукового оборудования. Вход DMX IN (3 pin XLR), выходы: DMX OUT (3 pin XLR) и POWER OUT (4А максимум). Встроенный микрофон и вентилятор. Возможно каскадное подключение. Сверхтонкий дизайн и прочный алюминиевый корпус. Габаритные размеры 270х220х70 мм, вес 2,3 кг. Для небольших и средних сцен, залов, мероприятий.</t>
   </si>
   <si>
-    <t>31 756</t>
+    <t>32 280</t>
   </si>
   <si>
     <t>звоните</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>