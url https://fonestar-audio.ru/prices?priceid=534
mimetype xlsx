--- v0 (2025-12-07)
+++ v1 (2026-02-19)
@@ -59,366 +59,366 @@
   <si>
     <t>Разъемы и провода</t>
   </si>
   <si>
     <t>1.1</t>
   </si>
   <si>
     <t>Коммутационные панели</t>
   </si>
   <si>
     <t>1.1.1</t>
   </si>
   <si>
     <t>Накладные коммутационные панели</t>
   </si>
   <si>
     <t>FONESTAR</t>
   </si>
   <si>
     <t>WP-88T2</t>
   </si>
   <si>
     <t>Заглушка для места под коммутационную панель размером 1/2 стандартного. Габаритные размеры 22.5 x 45 x 33.3 мм, белый цвет.</t>
   </si>
   <si>
-    <t>621</t>
+    <t>631</t>
   </si>
   <si>
     <t>звоните</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>WP-87T</t>
   </si>
   <si>
     <t>Заглушка для места под одну коммутационную панель. Габаритные размеры 45 x 45 x 33.3 мм, белый цвет.</t>
   </si>
   <si>
-    <t>798</t>
+    <t>812</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>WP-52JVJ</t>
   </si>
   <si>
     <t>Панель для удалённой коммутации аудио и видео приборов. Коннекторы (3 шт.): VGA D15 гнездо (female или "мама"), линейный стерео Jack  3,5 мм (для наушников) и микрофонный стерео Jack  3,5 мм. Быстрое бесклеммное подключение. Размер - 1 стандартное посадочное место, 45x45x45 мм, цвет белый.</t>
   </si>
   <si>
-    <t>4 967</t>
+    <t>5 049</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>WP-37H</t>
   </si>
   <si>
     <t>Панель для удалённой коммутации. Коннектор HDMI гнездо (female или "мама"), подключение по HDMI размещенный под углом 90º (угловой разъём). Поддержка всех разрешений. Размер - 1/2 посадочного места.</t>
   </si>
   <si>
-    <t>4 435</t>
+    <t>4 508</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>WP-46H</t>
   </si>
   <si>
     <t>Панель для удалённой коммутации. Коннектор HDMI гнездо (female или "мама"), быстрое бесклеммное подключение. Поддержка всех разрешений. Размер - 1/2 посадочного места.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>WP-42R</t>
   </si>
   <si>
     <t>Панель для удалённой коммутации. Коннекторы стерео RCA (2 штуки, L и R), подключение через клеммную колодку. Размер - 1/2 посадочное место, 22,5x45x33,3 мм. Белый цвет.</t>
   </si>
   <si>
-    <t>2 572</t>
+    <t>2 615</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>WP-43R</t>
   </si>
   <si>
     <t>Панель для удалённой коммутации. Коннекторы видео RCA + стерео RCA (2 штуки, L и R), подключение через клеммную колодку. Размер - 1/2 посадочное место, 22,5x45x33,3 мм. Белый цвет.</t>
   </si>
   <si>
-    <t>2 750</t>
+    <t>2 795</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>WP-49RJ</t>
   </si>
   <si>
     <t>Панель для удалённой коммутации сетевых устройств. Коннектор гнездо RJ-45 FTP Cat 6 T568B, быстрое бесклеммное подключение. Размер - 1/2 посадочного места, 22.5x45x32.1 мм. Белый цвет.</t>
   </si>
   <si>
-    <t>1 951</t>
+    <t>1 984</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>WP-38K</t>
   </si>
   <si>
     <t>Панель для удалённой коммутации акустических систем (громкоговорителей). Коннектор Speakon 4-pin, гнездо (female или "мама), подключение через клеммную колодку. Размер - 1 посадочное место, 45x45x41.5 мм. Белый цвет.</t>
   </si>
   <si>
-    <t>6 919</t>
+    <t>7 033</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>WP-32U</t>
   </si>
   <si>
     <t>Панель для удалённой коммутации. Коннектор гнездо USB A, подключение через клеммную колодку. Размер - 1/2 посадочное место, 22,5x45x33,3 мм. Белый цвет.</t>
   </si>
   <si>
-    <t>3 016</t>
+    <t>3 066</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>WP-47U</t>
   </si>
   <si>
     <t>Панель для удалённой коммутации. Коннектор гнездо USB A, подключение через угловой USB B (расположен под 90º). Размер - 1/2 посадочное место, 22,5x45x33,3 мм. Белый цвет.</t>
   </si>
   <si>
-    <t>3 992</t>
+    <t>4 058</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>WP-34V</t>
   </si>
   <si>
     <t>Панель для удалённой коммутации. Коннектор VGA D15 гнездо (female или "мама"), быстрое бесклеммное подключение. Размер - 1/2 посадочного места.</t>
   </si>
   <si>
-    <t>3 726</t>
+    <t>3 787</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>WP-51V</t>
   </si>
   <si>
     <t>Панель для удалённой коммутации. Коннектор VGA D15 гнездо (female или "мама"), подключение по блоку коннекторов Euroblock. Размер - 1/2 посадочного места.</t>
   </si>
   <si>
-    <t>3 548</t>
+    <t>3 607</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>WP-51V-15</t>
   </si>
   <si>
     <t>Панель для удалённой коммутации. Коннектор у панели: VGA гнездо (female или "мама"). Оснащена кабелем длиной 15 м с VGA штекером (male или "папа"). Размер - 1/2 посадочного места. Врезной монтаж.</t>
   </si>
   <si>
-    <t>14 281</t>
+    <t>14 517</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>WP-51V-20</t>
   </si>
   <si>
     <t>Панель для удалённой коммутации. Коннектор у панели: VGA гнездо (female или "мама"). Оснащена кабелем длиной 20 м с VGA штекером (male или "папа"). Размер - 1/2 посадочного места. Врезной монтаж.</t>
   </si>
   <si>
-    <t>15 079</t>
+    <t>15 328</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>WP-51V-5</t>
   </si>
   <si>
     <t>Панель для удалённой коммутации. Коннектор у панели: VGA гнездо (female или "мама"). Оснащена кабелем длиной 5 м с VGA штекером (male или "папа"). Размер - 1/2 посадочного места. Врезной монтаж.</t>
   </si>
   <si>
-    <t>8 604</t>
+    <t>8 746</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>WP-39X</t>
   </si>
   <si>
     <t>Панель для удалённой коммутации. Коннектор XLR, гнездо (female или "мама"), подключение через клеммную колодку. Размер - 1 посадочное место, 45x45x47 мм. Белый цвет.</t>
   </si>
   <si>
-    <t>3 903</t>
+    <t>3 967</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>WP-35T</t>
   </si>
   <si>
     <t>Панель для удалённой коммутации акустических систем (громкоговорителей). Коннекторы пружинные клеммы (2, L и R), подключение через клеммную колодку. Размер - 1 посадочное место, 45x45x33.3 мм. Белый цвет.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>WP-31UC</t>
   </si>
   <si>
     <t>Панель для зарядки приборов через USB. Коннектор гнездо USB A, ток 1А. Кнопка вкл/выкл, светодиодный индикатор. Подключение через клеммную колодку. Размер - 1/2 посадочное место, 22,5x45x46 мм. Белый цвет.</t>
   </si>
   <si>
-    <t>4 701</t>
+    <t>4 779</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>WP-53UC2</t>
   </si>
   <si>
     <t>Панель для зарядки приборов через USB. Коннекторы: 2 гнезда USB A, ток 1.2А. Защищены крышкой, есть светодиодный индикатор. Подключение через клеммную колодку. Размер - 1 посадочное место, 45x45x47 мм. Белый цвет.</t>
   </si>
   <si>
-    <t>5 322</t>
+    <t>5 410</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>WP-44S</t>
   </si>
   <si>
     <t>Панель для удалённой коммутации. Двухполюсная розетка с заземлением, 250 В, 16 А, подключение через клеммную колодку. Размер - 1 посадочное место, 45x45x40,6 мм. Белый цвет.</t>
   </si>
   <si>
-    <t>1 419</t>
+    <t>1 443</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>WP-33J</t>
   </si>
   <si>
     <t>Панель для удалённой коммутации. Коннектор стерео Jack 3.5мм, гнездо (female или "мама"), подключение через клеммную колодку. Размер - 1/2 посадочного места, 22.5x45x33.3 мм. Белый цвет.</t>
   </si>
   <si>
-    <t>3 105</t>
+    <t>3 156</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>WP-36J</t>
   </si>
   <si>
     <t>Панель для удалённой коммутации. Коннектор стерео Jack 3.5мм, гнездо (female или "мама"), подключение через клеммную колодку. Размер - 1/2 посадочного места, 22.5x45x34 мм.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>WPB-4</t>
   </si>
   <si>
     <t>Пластиковый короб для монтажа 4-х коммутационных панелей стандартного размера. Разграничители из металла (экраны) обеспечивающие электромагнитную изоляцию. Предусмотрены выходы для кабелей. Устанавливается под стол или на стену. Габаритные размеры 208x62x100 мм. Цвет белый.</t>
   </si>
   <si>
-    <t>5 943</t>
+    <t>6 041</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>WP-148CJ</t>
   </si>
   <si>
     <t>Короб для настенного монтажа шасси и рамки WP-149MCH используемых с коммутационными панелями. Габаритные размеры 148x81x42 мм, белый цвет.</t>
   </si>
   <si>
-    <t>1 064</t>
+    <t>1 082</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>WP-194CJ</t>
   </si>
   <si>
     <t>Короб для настенного монтажа шасси и рамки WP-195MCH используемых с коммутационными панелями. Габаритные размеры 194x81x42 мм, белый цвет.</t>
   </si>
   <si>
-    <t>1 331</t>
+    <t>1 353</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>WP-85CJ</t>
   </si>
   <si>
     <t>Короб для настенного монтажа шасси и рамки WP-86MCH используемых с коммутационными панелями. Габаритные размеры 80x80x41 мм, белый цвет.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>WP-149MCH</t>
   </si>
   <si>
     <t>Шасси и рамка для монтажа коммутационных панелей в короб WP-148CJ. Окно для двух панели. Габариты 148 x 80 мм.</t>
   </si>
   <si>
-    <t>1 153</t>
+    <t>1 172</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>WP-150MCH</t>
   </si>
   <si>
     <t>Рамка и 2 шасси для монтажа двух коммутационных панелей в два стандартных квадратных европейских подрозетника. Окна для двух панелей. Габариты 150 x 80 мм.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>WP-220MCH</t>
   </si>
   <si>
     <t>Рамка и 3 шасси для монтажа двух коммутационных панелей в три стандартных квадратных европейских подрозетника. Окна для трех панелей. Габариты 220 x 80 мм.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>WP-195MCH</t>
   </si>
@@ -434,195 +434,195 @@
   <si>
     <t>Шасси и рамка для монтажа коммутационных панелей в короб WP-85CJ. Окно для одной панели. Габариты 80 x 80 мм.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>WP-89MCH</t>
   </si>
   <si>
     <t>Шасси и рамка для монтажа коммутационных панелей в стандартный квадратный европейский подрозетник. Окно для одной панели. Габариты 80 x 80 мм.</t>
   </si>
   <si>
     <t>1.1.2</t>
   </si>
   <si>
     <t>Встраиваемые коммутационные панели</t>
   </si>
   <si>
     <t>WPL-401</t>
   </si>
   <si>
     <t>Панель для удалённой коммутации аудио и видео приборов. Коннекторы (5 шт.): VGA D15 гнездо (female или "мама"), USB A, композитный видео-разъем RCA, стерео 2x RCA (L и R); стерео Jack  3,5 мм. Подключение через клеммную колодку. Монтаж врезной, цвет белый.</t>
   </si>
   <si>
-    <t>8 338</t>
+    <t>8 476</t>
   </si>
   <si>
     <t>WP-61VJ</t>
   </si>
   <si>
     <t>Панель для удалённой коммутации. Коннекторы VGA D15 гнездо (female или "мама") и стерео Jack 3.5мм, подключение за счет винтовых клемм. Предусмотрено окошко для установки ещё одной панели. Размеры 86 x 86 x 24 мм. Врезной монтаж.</t>
   </si>
   <si>
-    <t>5 766</t>
+    <t>5 861</t>
   </si>
   <si>
     <t>WP-62CJ</t>
   </si>
   <si>
     <t>Короб для настенного монтажа коммутационных панелей WP-61VJ. Габаритные размеры 86x86x42 мм, белый цвет.</t>
   </si>
   <si>
-    <t>887</t>
+    <t>902</t>
   </si>
   <si>
     <t>1.3</t>
   </si>
   <si>
     <t>Проводная продукция</t>
   </si>
   <si>
     <t>1.3.1</t>
   </si>
   <si>
     <t>Кабели в катушках</t>
   </si>
   <si>
     <t>CI-16</t>
   </si>
   <si>
     <t>Для подключения трансляционных акустических систем (100В). Витая пара из бескислородной меди (48 нитей по 0,2 мм, сечение 1,5 мм2). Каждая жила в изоляции (Ø 2.5мм, 300В) красного или белого цвета, обе помещены во второй слой изоляции из конструкционной бумаги. Общая оболочка из белого ПВХ Ø 6.8 мм. Бухта с длиной размотки 100 м. Рекомендуется для протяженных линий.</t>
   </si>
   <si>
-    <t>47 633</t>
+    <t>48 420</t>
   </si>
   <si>
     <t>CI-16ZH</t>
   </si>
   <si>
     <t>Для подключения трансляционных акустических систем (100В). Витая пара из бескислородной меди (48 нитей по 0,2 мм, сечение 1,5 мм2). Каждая жила в изоляции (Ø 2.5мм, 300В) красного или белого цвета, обе помещены во второй слой изоляции из конструкционной бумаги. Общая оболочка Ø 6.8 мм из белого TPE (термопластичный эластомер): безгалогенный, с низким выделением дыма в случае горения. Бухта с длиной размотки 100 м. Рекомендуется для протяженных линий в публичных местах.</t>
   </si>
   <si>
-    <t>63 156</t>
+    <t>64 199</t>
   </si>
   <si>
     <t>CI-10</t>
   </si>
   <si>
     <t>Для подключения акустических систем. Две параллельных жилы из бескислородной меди (12 нитей по 0,16 мм, сечение 0,25 мм2), в оболочке из черного ПВХ с белой линией полярности (Ø 2 мм), полный диаметр 4 мм. Бухта с длиной размотки 100 м.</t>
   </si>
   <si>
-    <t>10 556</t>
+    <t>10 730</t>
   </si>
   <si>
     <t>CI-12</t>
   </si>
   <si>
     <t>Для подключения акустических систем. Две параллельных жилы из бескислородной меди (24 нити по 0,2 мм, сечение 0,75 мм2), в оболочке из черного ПВХ с белой линией полярности (Ø 2.8 мм), полный диаметр 5.6 мм. Бухта с длиной размотки 100 м.</t>
   </si>
   <si>
-    <t>22 797</t>
+    <t>23 173</t>
   </si>
   <si>
     <t>CI-14-BL</t>
   </si>
   <si>
     <t>Для подключения трансляционных акустических систем (100В). Две параллельных жилы из бескислородной меди (15 нитей по 0,2 мм, сечение 0,5 мм2), каждая изолирована коричневым или синим ПВХ (Ø 1.8мм). Весь кабель помещен в плоскую оболочку из белого ПВХ (5 х 3 мм). Бухта с длиной размотки 200 м.</t>
   </si>
   <si>
-    <t>27 853</t>
+    <t>28 312</t>
   </si>
   <si>
     <t>CI-14-NE</t>
   </si>
   <si>
     <t>Для подключения трансляционных акустических систем (100В). Две параллельных жилы из бескислородной меди (15 нитей по 0,2 мм, сечение 0,5 мм2), каждая изолирована коричневым или синим ПВХ (Ø 1.8мм). Весь кабель помещен в плоскую оболочку из черного ПВХ (5 х 3 мм). Бухта с длиной размотки 200 м.</t>
   </si>
   <si>
-    <t>29 272</t>
+    <t>29 755</t>
   </si>
   <si>
     <t>CA-90-NE</t>
   </si>
   <si>
     <t>Для подключения микрофонов или акустики. Витая пара из бескислородной меди (30 нитей по 0,12 мм, 22 AWG). Каждая жила в изоляции из ПВХ (Ø 1.8мм) красного цвета или прозрачная. Экран из 96 медных нитей диаметром 0,12 мм оплетка 85% площади. Общая оболочка из черного ПВХ Ø 6 мм. Бухта с длиной размотки 100 м. Рекомендуется для балансных линий.</t>
   </si>
   <si>
-    <t>57 479</t>
+    <t>58 428</t>
   </si>
   <si>
     <t>CA-90-NEZH</t>
   </si>
   <si>
     <t>Для подключения микрофонов или акустики. Витая пара из бескислородной меди (30 нитей по 0,12 мм, 22 AWG). Каждая жила в изоляции из ПВХ (Ø 1.8мм) красного цвета или прозрачная. Экран из 96 медных нитей диаметром 0,12 мм оплетка 85% площади. Общая оболочка из черного TPE (термопластичный эластомер): безгалогенный, с низким выделением дыма в случае горения. Бухта с длиной размотки 100 м. Рекомендуется для балансных линий в публичных местах.</t>
   </si>
   <si>
-    <t>53 310</t>
+    <t>54 190</t>
   </si>
   <si>
     <t>TF-5320-GS</t>
   </si>
   <si>
     <t>Для передачи голосовых сигналов и обмена данными в цифровых системах. Сat 6 UTP 250 МГц. 8 одножильных проводников из CCA (Ø 0,5 мм, 24 AWG) сгруппированы в 4 витые пары каждая в изоляции из полиэтилена (Ø1 мм) с цветовой маркировкой для удобства подключения. Съёмная нейлоновая нить. Внешняя оболочка из ПВХ серого цвета, Ø5,5 мм. Бухта с длиной размотки 100 м.</t>
   </si>
   <si>
-    <t>14 370</t>
+    <t>14 607</t>
   </si>
   <si>
     <t>CW-2B</t>
   </si>
   <si>
     <t>Для передачи аналоговых аудио-видео сигналов. Две параллельных жилы из бескислородной меди (27 AWG), каждая в оболочке из белого или красного ПВХ (Ø1.05 мм), у каждой экран из 28 спиральных медных нитей диаметром 0,12 мм, внешняя оболочка каждой жилы из черного ПВХ (Ø 2.7 мм), полный диаметр 5.4 мм. Бухта с длиной размотки 200 м.</t>
   </si>
   <si>
-    <t>57 834</t>
+    <t>58 789</t>
   </si>
   <si>
     <t>CW-7</t>
   </si>
   <si>
     <t>Для передачи аналоговых аудио-видео сигналов. Две параллельных жилы из бескислородной меди (27 AWG), каждая в оболочке из белого или красного ПВХ (Ø1.05 мм), у каждой экран из 28 спиральных медных нитей диаметром 0,1 мм, внешняя оболочка каждой жилы из черного ПВХ (Ø 2.5 мм), полный диаметр 5 мм. Бухта с длиной размотки 100 м.</t>
   </si>
   <si>
-    <t>13 483</t>
+    <t>13 705</t>
   </si>
   <si>
     <t>CW-1</t>
   </si>
   <si>
     <t>Для передачи аналоговых аудио-видео сигналов. Одна жила из бескислородной меди (27 AWG) в оболочке из белого ПВХ (Ø1.05 мм), экран из 28 спиральных медных нитей диаметром 0,1 мм, оболочка всего кабеля из черного ПВХ (Ø 4 мм). Бухта с длиной размотки 200 м.</t>
   </si>
   <si>
     <t>CW-3</t>
   </si>
   <si>
     <t>Для передачи аналоговых аудио-видео сигналов. Три параллельных жилы из бескислородной меди (27 AWG), каждая в оболочке из белого, красного или желтого ПВХ (Ø1.05 мм), у каждой экран из 28 спиральных медных нитей диаметром 0,12 мм, внешняя оболочка каждой жилы из черного ПВХ (Ø 2.7 мм), полный диаметр 8.1 мм. Бухта с длиной размотки 200 м.</t>
   </si>
   <si>
-    <t>44 795</t>
+    <t>45 534</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>