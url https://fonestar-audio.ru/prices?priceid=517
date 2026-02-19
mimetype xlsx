--- v0 (2025-12-07)
+++ v1 (2026-02-19)
@@ -59,495 +59,495 @@
   <si>
     <t>Шкафы и кейсы</t>
   </si>
   <si>
     <t>1.1</t>
   </si>
   <si>
     <t>Стойки, кейсы, компоненты 19" Rack</t>
   </si>
   <si>
     <t>1.1.1</t>
   </si>
   <si>
     <t>Кейсы для транспортировки</t>
   </si>
   <si>
     <t>FONESTAR</t>
   </si>
   <si>
     <t>FRE-204</t>
   </si>
   <si>
     <t>Кейс для транспортировки различного Rack-оборудования, вместимость 4U. Материал фанера с покрытием, внутренняя отделка поролоном. 2 герметичные крышки (передняя и задняя), металлические уголки, крепления для приборов. Очень прочная конструкция. Внешние габариты: 530x230x620 мм, внутреннее пространство: 485x178x450 мм, вес 12 кг. Все аксессуары для сборки в комплекте.</t>
   </si>
   <si>
-    <t>47 190</t>
+    <t>47 969</t>
   </si>
   <si>
     <t>звоните</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>FRM-104</t>
   </si>
   <si>
     <t>Кейс для транспортировки различного Rack-оборудования, вместимость 4U. Материал фанера с покрытием, внутренняя отделка поролоном. Герметичная крышка, металлические уголки, крепления для приборов. Очень прочная конструкция. Габариты 530x310x620 мм, вес 14.2 кг.</t>
   </si>
   <si>
-    <t>66 616</t>
+    <t>67 715</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>FRM-108</t>
   </si>
   <si>
     <t>Кейс для транспортировки различного Rack-оборудования, вместимость 8U. Материал фанера с покрытием, внутренняя отделка поролоном. Герметичная крышка, металлические уголки, крепления для приборов. Очень прочная конструкция. Габариты 530x470x620 мм, вес 18 кг.</t>
   </si>
   <si>
-    <t>73 712</t>
+    <t>74 929</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>FRE-208</t>
   </si>
   <si>
     <t>Шкаф для транспортировки различного Rack-оборудования, вместимость 12U. Материал фанера с покрытием, внутренняя отделка поролоном. Съёмная верхняя секция, герметичная крышка, без задней и передней стенок. Металлические уголки, ручки для переноса и колесики с тормозом. Очень прочная конструкция. Габариты в сборе: 525x910x505 мм, внутреннее пространство шкафа: 485x534x465 мм, внутреннее пространство секции: 485x170x465 мм, вес 22 кг. Все аксессуары для сборки в комплекте.</t>
   </si>
   <si>
-    <t>56 415</t>
+    <t>57 346</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>FRS-120</t>
   </si>
   <si>
     <t>Шкаф для транспортировки различного Rack-оборудования, вместимость 12U. Материал фанера с покрытием, внутренняя отделка поролоном толщиной 25 мм. Передняя и задняя стенки съёмные, с герметичный уплотнением. Металлические уголки, ручки для переноса и колесики с тормозом. Очень прочная ударостойкая конструкция. Габариты в сборе: 600x800x770 мм, внутреннее пространство шкафа: 485x550x570 мм, вес 41,4 кг. Все аксессуары для сборки в комплекте.</t>
   </si>
   <si>
-    <t>126 579</t>
+    <t>128 668</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>FRS-160</t>
   </si>
   <si>
     <t>Шкаф для транспортировки различного Rack-оборудования, вместимость 16U. Материал фанера с покрытием, внутренняя отделка поролоном толщиной 25 мм. Передняя и задняя стенки съёмные, с герметичный уплотнением. Металлические уголки, ручки для переноса и колесики с тормозом. Очень прочная ударостойкая конструкция. Габариты в сборе: 600x975x775 мм, внутреннее пространство шкафа: 485x712x570 мм, вес 47 кг. Все аксессуары для сборки в комплекте.</t>
   </si>
   <si>
-    <t>148 755</t>
+    <t>151 210</t>
   </si>
   <si>
     <t>1.1.2</t>
   </si>
   <si>
     <t>Напольные шкафы</t>
   </si>
   <si>
     <t>FP-12U</t>
   </si>
   <si>
     <t>Напольный Rack-шкаф 19" для установки телекоммуникационного оборудования. Вместимость 12U. Корпус из металла (без задней стенки), спереди прозрачная дверца из метакрилата с замком. На колёсиках с тормозом. Габариты в сборе 555x690x450 мм, вес 23.5 кг. Черная эмалировка.</t>
   </si>
   <si>
-    <t>92 783</t>
+    <t>94 315</t>
   </si>
   <si>
     <t>FP-18U</t>
   </si>
   <si>
     <t>Напольный Rack-шкаф 19" для установки телекоммуникационного оборудования. Вместимость 18U. Корпус из металла (без задней стенки), спереди прозрачная дверца из метакрилата с замком. На колёсиках с тормозом. Габариты в сборе 555x950x500 мм, вес 28.8 кг. Черная эмалировка.</t>
   </si>
   <si>
-    <t>106 266</t>
+    <t>108 020</t>
   </si>
   <si>
     <t>FRA-10U</t>
   </si>
   <si>
     <t>Напольный Rack-шкаф 19" для установки телекоммуникационного оборудования. Вместимость 10U, 2 встроенных в потолок вентилятора. Корпус из металла, спереди прозрачная дверца из метакрилата с замком, задняя и боковые стенки съёмные. На колёсиках с тормозом. Габариты в сборе 585x720x585 мм, вес 30 кг. Черная эмалировка.</t>
   </si>
   <si>
-    <t>114 959</t>
+    <t>116 856</t>
   </si>
   <si>
     <t>FRA-20U</t>
   </si>
   <si>
     <t>Напольный Rack-шкаф 19" для установки телекоммуникационного оборудования. Вместимость 20U, 2 встроенных в потолок вентилятора. Корпус из металла, спереди прозрачная дверца из метакрилата с замком, задняя и боковые стенки съёмные. На колёсиках с тормозом. Габариты в сборе 585x1170x585 мм, вес 45 кг. Черная эмалировка.</t>
   </si>
   <si>
-    <t>158 955</t>
+    <t>161 579</t>
   </si>
   <si>
     <t>FRA-30U</t>
   </si>
   <si>
     <t>Напольный Rack-шкаф 19" для установки телекоммуникационного оборудования. Вместимость 30U, 2 встроенных в потолок вентилятора. Корпус из металла, спереди прозрачная дверца из метакрилата с двумя замками, задняя и боковые стенки съёмные. На колёсиках с тормозом. Габариты в сборе 585x1620x585 мм, вес 55 кг. Черная эмалировка.</t>
   </si>
   <si>
-    <t>183 083</t>
+    <t>186 104</t>
   </si>
   <si>
     <t>FRA-40U</t>
   </si>
   <si>
     <t>Напольный Rack-шкаф 19" для установки телекоммуникационного оборудования. Вместимость 40U, 2 встроенных в потолок вентилятора. Корпус из металла, спереди прозрачная дверца из метакрилата с двумя замками, задняя и боковые стенки съёмные. На колёсиках с тормозом. Габариты в сборе 585x2060x585 мм, вес 84 кг. Черная эмалировка.</t>
   </si>
   <si>
-    <t>211 734</t>
+    <t>215 228</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>FRA-42600S-SKD</t>
   </si>
   <si>
     <t>Напольный Rack-шкаф 19" для установки телекоммуникационного оборудования. Вместимость 42U, встроены 4 вентилятора и термостат. Корпус из металла 1.2мм, спереди прозрачная дверца из закалённого стекла с замком, задняя и боковые стенки съёмные (оборудованы замками). Ножки и колёсики с тормозом. Габариты в сборе 600x2070x800 мм, вес 96 кг. Черная эмалировка.</t>
   </si>
   <si>
-    <t>175 277</t>
+    <t>178 170</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>FRL-12U</t>
   </si>
   <si>
     <t>Напольный открытый Rack-шкаф (стойка) 19" для монтажа телекоммуникационного оборудования. Вместимость 12U. Корпус из металла, без задней и передней стенок. На колёсиках с тормозом. Габариты в сборе 555x690x450 мм, вес 19.7 кг. Черная эмалировка.</t>
   </si>
   <si>
-    <t>53 222</t>
+    <t>54 100</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>FRL-18U</t>
   </si>
   <si>
     <t>Напольный открытый Rack-шкаф (стойка) 19" для монтажа телекоммуникационного оборудования. Вместимость 18U. Корпус из металла, без задней и передней стенок. На колёсиках с тормозом. Габариты в сборе 555x955x450 мм, вес 23.8 кг. Черная эмалировка.</t>
   </si>
   <si>
-    <t>69 898</t>
+    <t>71 052</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>FRL-24U</t>
   </si>
   <si>
     <t>Напольный открытый Rack-шкаф (стойка) 19" для монтажа телекоммуникационного оборудования. Вместимость 24U. Корпус из металла, без задней и передней стенок. На колёсиках с тормозом. Габариты в сборе 555x1240x450 мм, вес 28.3 кг. Черная эмалировка.</t>
   </si>
   <si>
-    <t>69 809</t>
+    <t>70 961</t>
   </si>
   <si>
     <t>1.1.3</t>
   </si>
   <si>
     <t>Настенные шкафы</t>
   </si>
   <si>
     <t>FRW2-6006</t>
   </si>
   <si>
     <t>Настенный Rack-шкаф 19" для монтажа телекоммуникационного оборудования. Вместимость 6U. Корпус из металла толщиной 1.1 мм, передняя прозрачная дверца и задняя стенка с замками (открываются). Габариты в сборе 600x370x615 мм, вес 18 кг. Черная эмалировка.</t>
   </si>
   <si>
-    <t>63 777</t>
+    <t>64 830</t>
   </si>
   <si>
     <t>1.1.4</t>
   </si>
   <si>
     <t>Аксессуары и комплектующие 19" Rack</t>
   </si>
   <si>
     <t>FRP-8</t>
   </si>
   <si>
     <t>Блок на 8 розеток типа schuko с заземлением для питания оборудования. Параметры: 230В, до 3500 Вт, до 16А. Оснащён выключателем и защитой от детей. В комплекте кабель длиной 1,8 м, 3 x 1.5 мм² с вилкой schuko. Габариты 483x44.5x54 мм (1U). Материал ПВХ, черный цвет.</t>
   </si>
   <si>
-    <t>5 854</t>
+    <t>5 951</t>
   </si>
   <si>
     <t>FRP-8MC14</t>
   </si>
   <si>
     <t>Блок на 8 розеток типа schuko с заземлением для питания оборудования. Параметры: 230В, до 3500 Вт, до 16А. Оснащён выключателем и защитой от детей. В комплекте кабель длиной 1,8 м, 3 x 1.5 мм² с вилкой C14. Габариты 483x44.5x45 мм (1U). Материал алюминий, черный цвет.</t>
   </si>
   <si>
-    <t>8 693</t>
+    <t>8 836</t>
   </si>
   <si>
     <t>FRP-10</t>
   </si>
   <si>
     <t>Rack-заглушка (панель) скрытия свободных мест в шкафах/боксах 19", размер 1U, металлическая, черный цвет.</t>
   </si>
   <si>
-    <t>1 419</t>
+    <t>1 443</t>
   </si>
   <si>
     <t>FRP-11</t>
   </si>
   <si>
     <t>Rack-заглушка (панель) для сокрытия свободных мест в шкафах/боксах 19", размер 2U, металлическая, черный цвет.</t>
   </si>
   <si>
-    <t>2 218</t>
+    <t>2 254</t>
   </si>
   <si>
     <t>FRP-12</t>
   </si>
   <si>
     <t>Rack-заглушка (панель) для сокрытия свободных мест в шкафах/боксах 19", размер 3U, металлическая, черный цвет.</t>
   </si>
   <si>
-    <t>3 105</t>
+    <t>3 156</t>
   </si>
   <si>
     <t>FRP-10VEN</t>
   </si>
   <si>
     <t>Rack-заглушка (панель) для сокрытия свободных мест в шкафах/боксах 19" и одновременного обеспечения вентиляции. Размер 1U, металлическая, черный цвет.</t>
   </si>
   <si>
-    <t>1 331</t>
+    <t>1 353</t>
   </si>
   <si>
     <t>FRP-11VEN</t>
   </si>
   <si>
     <t>Rack-заглушка (панель) для сокрытия свободных мест в шкафах/боксах 19" и одновременного обеспечения вентиляции. Размер 2U, металлическая, черный цвет.</t>
   </si>
   <si>
     <t>FRP-12VEN</t>
   </si>
   <si>
     <t>Rack-заглушка (панель) для сокрытия свободных мест в шкафах/боксах 19" и одновременного обеспечения вентиляции. Размер 3U, металлическая, черный цвет.</t>
   </si>
   <si>
-    <t>3 016</t>
+    <t>3 066</t>
   </si>
   <si>
     <t>FRP-32SPK</t>
   </si>
   <si>
     <t>Rack-заглушка для шкафов/боксов 19", размер 2U, 4 отверстия для разъёмов Speakon, металлическая, черный цвет.</t>
   </si>
   <si>
-    <t>1 774</t>
+    <t>1 803</t>
   </si>
   <si>
     <t>FRP-31XLR</t>
   </si>
   <si>
     <t>Rack-заглушка для шкафов/боксов 19", размер 1U, 12 отверстий для разъёмов XLR, металлическая, черный цвет.</t>
   </si>
   <si>
-    <t>1 685</t>
+    <t>1 713</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>FRP-34MC</t>
   </si>
   <si>
     <t>Rack-панель применяемая для монтажа внутрь шкафов/боксов 19" электроприборов на симметричную DIN-рейку. Поддерживает до 24-х стандартных устройств. Металлическая, размер 3U, для незанятых мест есть заглушки. Черный цвет.</t>
   </si>
   <si>
-    <t>5 943</t>
+    <t>6 041</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>FRP-15</t>
   </si>
   <si>
     <t>Металлический выдвижной ящик для монтажа в Rack-шкаф/стойку. Замок и ключ, переднее крепление. Габаритные размеры 435х133,5х350 мм, 3U. Цвет черный.</t>
   </si>
   <si>
-    <t>20 934</t>
+    <t>21 279</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>FRP-1PC</t>
   </si>
   <si>
     <t>Rack-панель для стяжки кабелей в шкафах/стойках 19", размер 1U. Металлическая, цвет чёрный.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>FRP-17</t>
   </si>
   <si>
     <t>Монтажный болт с пластмассовой шайбой и гайкой для передней панели сборки оборудования в Rack-шкафы/стойки, комплект 30 шт.</t>
   </si>
   <si>
-    <t>1 951</t>
+    <t>1 984</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>FRB-1</t>
   </si>
   <si>
     <t>Металлическая полка (поддон) для монтажа в Rack-шкаф/стойку. Размер 1U, боковое крепление. Черный цвет. Совместимость: FONESTAR серий FONESTAR FRA, FRM и FRE.</t>
   </si>
   <si>
-    <t>4 879</t>
+    <t>4 959</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>FRB-2</t>
   </si>
   <si>
     <t>Металлическая полка (поддон) для монтажа в Rack-шкаф/стойку. Размер 2U, боковое крепление. Черный цвет. Совместимость: FONESTAR серий FONESTAR FRA, FRM и FRE.</t>
   </si>
   <si>
-    <t>5 588</t>
+    <t>5 681</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>FRB-3</t>
   </si>
   <si>
     <t>Металлическая полка (поддон) для монтажа в Rack-шкаф/стойку. Размер 2U, фронтальное крепление. Черный цвет. Совместимость: FONESTAR серий FONESTAR FRA, FRM и FRE.</t>
   </si>
   <si>
-    <t>7 717</t>
+    <t>7 845</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>FRB-4</t>
   </si>
   <si>
     <t>Металлическая полка (поддон) для монтажа в Rack-шкаф/стойку. Размер 1U, фронтальное крепление. Черный цвет. Совместимость: FONESTAR серий FONESTAR FRA, FRM и FRE.</t>
   </si>
   <si>
-    <t>6 387</t>
+    <t>6 492</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>T-FRA</t>
   </si>
   <si>
     <t>Прибор для автоматизации работы встроенных в Rack шкаф/бокс вентиляторов. Настройка пороговой температуры: от 0 до 60°С, шаг 10°С. Увеличивает срок эксплуатации вентиляторов. Совместимы любые модели шкафов серии FRA.</t>
   </si>
   <si>
-    <t>10 822</t>
+    <t>11 000</t>
   </si>
   <si>
     <t>1.2</t>
   </si>
   <si>
     <t>Полётные футляры для оборудования</t>
   </si>
   <si>
     <t>1.2.3</t>
   </si>
   <si>
     <t>Перевозные боксы</t>
   </si>
   <si>
     <t>FRC-262A</t>
   </si>
   <si>
     <t>Кейс для транспортировки в багажных отделениях различного оборудования. Материал фанера с покрытием, внутренняя отделка поролоном. Герметичная крышка усилена поддонами с целью перевозки в штабеле, когда сверху кейс с колесами. Очень прочная конструкция. Габариты с колесами 1105x650x555 мм, внутреннее пространство 1065x465x515 мм, вес 33 кг.</t>
   </si>
   <si>
-    <t>117 443</t>
+    <t>119 381</t>
   </si>
   <si>
     <t>1.3</t>
   </si>
   <si>
     <t>Кейсы для оборудования</t>
   </si>
   <si>
     <t>1.3.1</t>
   </si>
   <si>
     <t>Водонепроницаемые кейсы для оборудования</t>
   </si>
   <si>
     <t>FMW-410</t>
   </si>
   <si>
     <t>Кейс для перевозки различного оборудования, максимальная нагрузка 25 кг. Внутри слой поролона. Материал ударопрочный ABS-пластик, металлические части из нержавейки, герметичная крышка с напорным клапаном и замком. Водонепроницаемый, IP67. Складная ручка для удобства переноса. Принимается в качестве ручной клади при полётах, также может перемещаться в штабеле. Внешние габариты: 444x199x369 мм, внутреннее пространство 408x182x298 мм, вес 3.2 кг. Черный порошковый окрас.</t>
   </si>
   <si>
-    <t>22 797</t>
+    <t>23 173</t>
   </si>
   <si>
     <t>FMW-450</t>
   </si>
   <si>
     <t>Кейс для перевозки различного оборудования, максимальная нагрузка 40 кг. Внутри слой поролона. Материал ударопрочный ABS-пластик, металлические части из нержавейки, герметичная крышка с напорным клапаном и замком. Водонепроницаемый, IP67. Складная ручка для удобства переноса. Принимается в качестве ручной клади при полётах, также может перемещаться в штабеле. Внешние габариты: 484x209x419 мм, внутреннее пространство 452x192x352 мм, вес 3.8 кг. Черный порошковый окрас.</t>
   </si>
   <si>
-    <t>27 675</t>
+    <t>28 132</t>
   </si>
   <si>
     <t>FMW-520T</t>
   </si>
   <si>
     <t>Кейс для перевозки различного оборудования, максимальная нагрузка 40 кг. Внутри слой поролона. Материал ударопрочный ABS-пластик, металлические части из нержавейки, герметичная крышка с напорным клапаном и замком. Водонепроницаемый, IP67. Телескопическая ручка (35 см) и бесшумные колеса для удобства переноса. Принимается в качестве ручной клади при полётах (большинство авиакомпаний), также может перемещаться в штабеле. Внешние габариты: 559x229x360 мм, внутреннее пространство 521x1832x292 мм, вес 5.3 кг. Черный порошковый окрас.</t>
   </si>
   <si>
-    <t>41 158</t>
+    <t>41 837</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>