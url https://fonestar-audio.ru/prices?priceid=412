--- v0 (2025-12-07)
+++ v1 (2026-02-19)
@@ -59,628 +59,628 @@
   <si>
     <t>Микрофоны</t>
   </si>
   <si>
     <t>1.1</t>
   </si>
   <si>
     <t>Конференц-системы</t>
   </si>
   <si>
     <t>1.1.1</t>
   </si>
   <si>
     <t>Цифровые конференц-системы</t>
   </si>
   <si>
     <t>FONESTAR</t>
   </si>
   <si>
     <t>SCD-600</t>
   </si>
   <si>
     <t>Основной блок цифровой конференц-системы. Поддерживает 2 группы микрофонов, всего 16 шт. (до 72 с блоком расширения). Многофункциональный прибор: живое голосование, USB-рекордер и проигрыватель, управление приоритетом микрофона председателя (1 в системе), блокировка микрофона делегата, питание для 16 микрофонов, обработка звука DSP и подавление обратной связи для каждого микрофона, управление PTZ-камерой. Встроенный мониторный громкоговоритель с регулятором громкости. ЖК-дисплей с сенсорным управлением. Цифровые коннекторы: 4х RJ-45 (микрофоны, управление, камера). Аналоговые входы XLR и 2RCA + приоритетный вход для аварийной сигнализации (Euroblock); аналоговые выходы 3х 2RCA (запись и линейный). Обмен данными внутри системы по Ethernet, настройка системы и управление конференцией через ПК или Android. Питание от сети 220В. Габаритные размеры 483x88x330 мм, вес 5.65 кг. Монтаж настольный или Rack (2U).</t>
   </si>
   <si>
-    <t>222 023</t>
+    <t>225 688</t>
   </si>
   <si>
     <t>звоните</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>SCD-620D</t>
   </si>
   <si>
     <t>Микрофон для делегата собрания/конференции. Электретный, всенаправленный, частотный диапазон 20 - 20 000 Гц. 2 коннектора RJ-45: вход/выход, питание + аудио. Информационный дисплей, мониторный громкоговоритель, кнопки для голосования, громкости и PTT. Высота микрофона вместе с базой 440 мм, есть выход на наушники. В комплекте: ветрозащита и cетевой кабель Cat 5e / FTP, длина 2 м. Стильный дизайн с LED-кольцом, металлическая база, размеры 170х39х172 мм, вес 0,7 кг.</t>
   </si>
   <si>
-    <t>89 679</t>
+    <t>91 159</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>SCD-610P</t>
   </si>
   <si>
     <t>Микрофон для председателя собрания/конференции. Электретный, всенаправленный, частотный диапазон 20 - 20 000 Гц. 2 коннектора RJ-45: вход/выход, питание + аудио. Информационный дисплей, мониторный громкоговоритель, кнопки для голосования, громкости, PTT и приоритета (блокировка микрофонов делегатов). Высота микрофона вместе с базой 440 мм, есть выход на наушники. В комплекте: ветрозащита и cетевой кабель Cat 5e / FTP, длина 2 м. Стильный дизайн с LED-кольцом, металлическая база, размеры 170х39х172 мм, вес 0,7 кг.</t>
   </si>
   <si>
-    <t>91 719</t>
+    <t>93 233</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>SCD-630EXT</t>
   </si>
   <si>
     <t>Устройство для наращивания количества микрофонов делегатов и председателя (1 в системе). Один модуль поддерживает подключение до 32-х микрофонов (2 группы по 16), в системе можно применять 2 модуля. Входы: 2 порта RJ-45 для микрофонов SCD-610P или SCD-620D. Выходы: 2 порта RJ-45 для микрофонов SCD-610P или SCD-620D. Питание от сети 220В. Габаритные размеры 196x43x306 мм, вес 2.5 кг. В комплекте 2 сетевых кабеля.</t>
   </si>
   <si>
-    <t>82 494</t>
+    <t>83 855</t>
   </si>
   <si>
     <t>1.1.2</t>
   </si>
   <si>
     <t>Аналоговые конференц-системы</t>
   </si>
   <si>
     <t>SCF-250</t>
   </si>
   <si>
     <t>Основной блок конференц-системы. Поддерживает 4 группы микрофонов, общее количество до 64-х. Частотный диапазон 20 - 18 000 Гц, соотношение сигнал/шум &gt;75 дБ. Входы: 3х микрофонных DIN8 и 1х телефонный, RCA. Выходы: 1х линейный, балансный XLR, 1х стерео 2RCA для усилителя, 1х DIN8 для расширения системы, 1х RJ-45 для передачи данных и 1х телефонный, RCA. Трехполосный эквалайзер, регулятор громкости, переключатель максимального количества микрофонов. Питание от сети 220В. Габаритные размеры 483x44x345 мм, вес 5 кг. Монтаж настольный или Rack (1U).</t>
   </si>
   <si>
-    <t>74 599</t>
+    <t>75 830</t>
   </si>
   <si>
     <t>SCF-270D</t>
   </si>
   <si>
     <t>Микрофон для делегата собрания/конференции. Электретный, всенаправленный, частотный диапазон 20 - 18 000 Гц. Коннектор DIN8: вход/выход, питание 18В DC + аудио. Кнопка PTT. Высота микрофона вместе с базой 495 мм. В комплекте: ветрозащита и кабель с разъемами DIN8. Стильный дизайн с LED-кольцом, металлическая база, размеры 115х45х160 мм, вес 0,8 кг.</t>
   </si>
   <si>
-    <t>32 643</t>
+    <t>33 181</t>
   </si>
   <si>
     <t>SCF-260P</t>
   </si>
   <si>
     <t>Микрофон для председателя собрания/конференции. Электретный, всенаправленный, частотный диапазон 20 - 18 000 Гц. Приоритетное вещание и возможность отключить микрофон делегата. Коннектор DIN8: вход/выход, питание 18В DC + аудио. Кнопка PTT. Высота микрофона вместе с базой 495 мм. В комплекте: ветрозащита, кабель с разъемами DIN8. Стильный дизайн с LED-кольцом, металлическая база, размеры 117х55х160 мм, вес 0,8 кг.</t>
   </si>
   <si>
-    <t>34 328</t>
+    <t>34 895</t>
   </si>
   <si>
     <t>1.1.3</t>
   </si>
   <si>
     <t>Конференц-системы с усилителем</t>
   </si>
   <si>
     <t>SCF-550</t>
   </si>
   <si>
     <t>Основной блок конференц-системы. Поддерживает 4 группы микрофонов, общее количество до 64-х. Встроенный стерео-усилитель с мощностью 50 + 50 Вт RMS, выходы на акустику 4 - 16 Ω. Частотный диапазон 40 - 18 000 Гц, соотношение сигнал/шум &gt;75 дБ. Входы: 4х микрофонных DIN8, 1х микрофонный 6.3 мм Jack, 1х Efx in 6.3 мм Jack и 1х AUX, RCA. Выходы: 1х линейный XLR для записи, 2х линейных RCA, 1х Efx out 6.3 мм Jack и винтовые клеммы для АС. Мониторный громкоговоритель. Управление: двухполосный эквалайзер, несколько регуляторов громкости, переключатель максимального количества микрофонов. Питание от сети 220В. Габаритные размеры 483x87x400 мм, вес 12 кг. Монтаж настольный или Rack (2U).</t>
   </si>
   <si>
-    <t>161 971</t>
+    <t>164 645</t>
   </si>
   <si>
     <t>SCF-570D</t>
   </si>
   <si>
     <t>Микрофон для делегата собрания/конференции. Электретный, всенаправленный, частотный диапазон 40 - 18 000 Гц, чувствительность -44 дБ. Встроенный мониторный громкоговоритель (2 Вт). Выходы: 1х стерео 3.5 мм Jack для наушников и 1х 3.5 мм Jack для записи. 1х DIN8 (вход/выход, питание 24В DC + аудио). Регулируемая громкость и кнопка PTT. Высота микрофона вместе с базой 480 мм. В комплекте: мононаушник, ветрозащита, кабель с разъемами DIN8. Стильный дизайн с LED-кольцом, металлическая база, размеры 170х67х150 мм, вес 1 кг.</t>
   </si>
   <si>
-    <t>38 941</t>
+    <t>39 583</t>
   </si>
   <si>
     <t>SCF-560P</t>
   </si>
   <si>
     <t>Микрофон для председателя собрания/конференции. Электретный, всенаправленный, частотный диапазон 40 - 18 000 Гц, чувствительность -44 дБ. Приоритетное вещание и возможность отключить микрофон делегата. Встроенный мониторный громкоговоритель (2 Вт). Входы: 1х микрофонный 3.5 мм Jack. Выходы: 1х стерео 3.5 мм Jack для наушников. 1х DIN8 (вход/выход, питание 24В DC + аудио). Регулируемая громкость и кнопка активации. Высота микрофона вместе с базой 480 мм. В комплекте: мононаушник, петличный микрофон, ветрозащита, кабель с разъемами DIN8. Стильный дизайн с LED-кольцом, металлическая база, размеры 170х67х150 мм, вес 1 кг.</t>
   </si>
   <si>
-    <t>44 174</t>
+    <t>44 903</t>
   </si>
   <si>
     <t>1.2</t>
   </si>
   <si>
     <t>Беспроводные микрофоны</t>
   </si>
   <si>
     <t>1.2.1</t>
   </si>
   <si>
     <t>Вспомогательное оборудование для беспроводных микрофонов</t>
   </si>
   <si>
     <t>ADU-830</t>
   </si>
   <si>
     <t>Антенна используется с целью увеличения дальности действия беспроводных микрофонов. Направленная, диапазон частот UHF (470 ~ 960 МГц), уровень усиления 14 дБ. Подключается к приёмнику. Разъем TNC (F). Совместимы различные модели беспроводных микрофонов FONESTAR. Может монтироваться на микрофонную стойку с резьбой 5/8" или стену.</t>
   </si>
   <si>
-    <t>26 700</t>
+    <t>27 140</t>
   </si>
   <si>
     <t>AMP-811</t>
   </si>
   <si>
     <t>Прибор используется с целью увеличения дальности действия беспроводных микрофонов. Диапазон частот UHF, уровень усиления 10 дБ. Подключается к приёмнику, питание 9В от него же. Разъем TNC (F). Совместимы различные модели беспроводных микрофонов FONESTAR.</t>
   </si>
   <si>
-    <t>17 120</t>
+    <t>17 402</t>
   </si>
   <si>
     <t>1.2.2</t>
   </si>
   <si>
     <t>UHF-микрофоны</t>
   </si>
   <si>
     <t>MSC-12</t>
   </si>
   <si>
     <t>Станция используется для зарядки 12-и приборов: 6 беспроводных микрофонов и 6 их приемников. Светодиодные индикаторы для каждого зарядного места. Питание DC 6В / 5А через адаптер в комплекте. Совместимые модели: MSHT-40M, MSHT-45P и RI-840.</t>
   </si>
   <si>
-    <t>100 855</t>
+    <t>102 520</t>
   </si>
   <si>
     <t>MSC-2</t>
   </si>
   <si>
     <t>Станция используется для зарядки 2-х беспроводных микрофонов (ручные или ушные мониторы). Светодиодные индикаторы для каждого зарядного места. Питание DC 6В / 1А через адаптер в комплекте. Совместимые модели: MSHT-40M, MSHT-45P и RI-840.</t>
   </si>
   <si>
-    <t>21 910</t>
+    <t>22 271</t>
   </si>
   <si>
     <t>SONAIR-1M</t>
   </si>
   <si>
     <t>Беспроводной микрофон (передатчик) и модуль приёмника. UHF-диапазон, 8 вариантов фиксированной частоты, дальность действия 30 метров, FM-модуляция. Мощность передатчика 30 мВт. Динамический, диаграмма всенаправленная, частотный диапазон 30 - 20,000 Гц, соотношение сигнал/шум &gt; 96 дБ. Приемник оснащён DSP для цифровой обработки звука. Регулятор громкости и выбора несущей частоты, у микрофона кнопка включения и экран. Аудиовыходы: 1x XLR, балансный; 1х Jack 6.3 мм, небалансный. До 8 микрофонов/приемников одновременно. Питание приемника DC 12В от адаптера (в комплекте), микрофона от батарей или аккумуляторов 2x AA (до 8 часов работы). Габариты приемника  210x46x156 мм, вес 400г.</t>
   </si>
   <si>
-    <t>22 353</t>
+    <t>22 722</t>
   </si>
   <si>
     <t>1.3</t>
   </si>
   <si>
     <t>Ручные микрофоны</t>
   </si>
   <si>
     <t>1.3.2</t>
   </si>
   <si>
     <t>Ручные динамические микрофоны</t>
   </si>
   <si>
     <t>FDM-1036-B</t>
   </si>
   <si>
     <t>Универсальный ручной микрофон, подходит для профессионального применения. Динамический, направленность кардиоида, частотный диапазон 40 — 15 000 Гц, чувствительность -56 дБ. Импеданс 600 Ω, коннектор XLR, кнопка активации. Металлический корпус, есть адаптер для микрофонной стойки. Вес 200 г.</t>
   </si>
   <si>
-    <t>4 967</t>
+    <t>5 049</t>
   </si>
   <si>
     <t>FDM-9070</t>
   </si>
   <si>
     <t>Универсальный ручной микрофон, подходит для профессионального применения. Динамический, направленность гиперкардиоида, частотный диапазон 100 — 15 000 Гц, чувствительность -54 дБ, поддерживает низкий уровень шума. Импеданс 400 Ω, коннектор XLR. Металлический, прекрасно звукоизолированный корпус; антишоковая подвеска и ветрозащита. Есть адаптер для микрофонной стойки. Вес 300 г.</t>
   </si>
   <si>
-    <t>10 644</t>
+    <t>10 820</t>
   </si>
   <si>
     <t>1.4</t>
   </si>
   <si>
     <t>Настольные микрофоны</t>
   </si>
   <si>
     <t>1.4.1</t>
   </si>
   <si>
     <t>Настольные динамические микрофоны</t>
   </si>
   <si>
     <t>FDM-625</t>
   </si>
   <si>
     <t>Универсальный микрофон для совещаний, конференций или оповещения. Динамический, всенаправленный, частотный диапазон 80 — 12 000 Гц, чувствительность -50 дБ. Импеданс 600 Ω. База с кнопкой активации, 3 режима: включен, отключен, работа с нажатой кнопкой. Длина выноса "гусиной шеи" 360 мм. В комплекте кабель длиной 1,5 м с коннектором моно Jack 3.5 мм.</t>
   </si>
   <si>
-    <t>24 216</t>
+    <t>24 616</t>
   </si>
   <si>
     <t>FDM-625-DIN5</t>
   </si>
   <si>
     <t>Универсальный микрофон для тревожного оповещения. Динамический, всенаправленный, частотный диапазон 80 — 12 000 Гц, чувствительность -50 дБ. Импеданс 600 Ω. База с кнопкой активации, 3 режима: включен, отключен, работа с нажатой кнопкой. Длина выноса "гусиной шеи" 360 мм. В комплекте спиральный кабель длиной 1,5 м с коннектором DIN-5, у которого есть контакт для подключения к исполнительному реле (приоритет/гонг) усилителей.</t>
   </si>
   <si>
-    <t>32 465</t>
+    <t>33 001</t>
   </si>
   <si>
     <t>FDM-625-P</t>
   </si>
   <si>
     <t>Универсальный микрофон для тревожного оповещения. Динамический, всенаправленный, частотный диапазон 80 — 12 000 Гц, чувствительность -50 дБ. Импеданс 600 Ω. База с кнопкой активации, 3 режима: включен, отключен, работа с нажатой кнопкой. Длина выноса "гусиной шеи" 360 мм. В комплекте спиральный кабель длиной 1,5 м с коннектором моно Jack 6.3 мм и двумя зачищенными контактами для подключения к исполнительным реле (приоритет, гонг) усилителей.</t>
   </si>
   <si>
-    <t>33 530</t>
+    <t>34 083</t>
   </si>
   <si>
     <t>FDM-629-B</t>
   </si>
   <si>
     <t>Универсальный микрофон для совещаний, конференций или оповещения. Динамический, всенаправленный, частотный диапазон 100 - 18 000 Гц, чувствительность -64 дБ. Импеданс 600 Ω. База с кнопкой активации, 3 режима: включен, отключен, работа с нажатой кнопкой. Длина выноса "гусиной шеи" 360 мм. В комплекте кабель длиной 1,7 м с коннектором XLR. Стильный дизайн, вес 900 г.</t>
   </si>
   <si>
-    <t>26 079</t>
+    <t>26 509</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>FDM-629-DIN5</t>
   </si>
   <si>
     <t>Универсальный микрофон для тревожного оповещения. Динамический, всенаправленный, частотный диапазон 100 - 18 000 Гц, чувствительность -64 дБ. Импеданс 600 Ω. База с кнопкой активации, 3 режима: включен, отключен, работа с нажатой кнопкой. Длина выноса "гусиной шеи" 360 мм. В комплекте спиральный кабель длиной 1,7 м с коннектором DIN-5, у которого есть контакт для подключения к исполнительному реле (приоритет/гонг) усилителей. Стильный дизайн. Вес 900 г.</t>
   </si>
   <si>
-    <t>23 861</t>
+    <t>24 255</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>FDM-629-P</t>
   </si>
   <si>
     <t>Универсальный микрофон для тревожного оповещения. Динамический, всенаправленный, частотный диапазон 100 - 18 000 Гц, чувствительность -64 дБ. Импеданс 600 Ω. База с кнопкой активации, 3 режима: включен, отключен, работа с нажатой кнопкой. Длина выноса "гусиной шеи" 360 мм. В комплекте спиральный кабель длиной 1,7 м с коннектором моно Jack 6.3 мм и двумя зачищенными контактами для подключения к исполнительным реле (приоритет, гонг) усилителей. Стильный дизайн. Вес 900 г.</t>
   </si>
   <si>
-    <t>23 772</t>
+    <t>24 165</t>
   </si>
   <si>
     <t>1.4.2</t>
   </si>
   <si>
     <t>Настольные конденсаторные микрофоны</t>
   </si>
   <si>
     <t>FCM-764</t>
   </si>
   <si>
     <t>Универсальный микрофон для совещаний, конференций или оповещения, включая тревожное. Электретный, всенаправленный, частотный диапазон 60 - 17 000 Гц, чувствительность -37 дБ. Импеданс 250 Ω. Надежная устойчивая база с кнопкой активации и светодиодным кольцом. Высота микрофона вместе с базой 405 мм. Разъём XLR (m), фантомное питание 22 - 52В DC, ветрозащита из поролона Стильный дизайн, вес 1,5 кг.</t>
   </si>
   <si>
-    <t>44 972</t>
+    <t>45 715</t>
   </si>
   <si>
     <t>FCM-766</t>
   </si>
   <si>
     <t>Универсальный микрофон для совещаний, конференций или оповещения, включая тревожное. Электретный, всенаправленный, частотный диапазон 80 - 18 000 Гц, чувствительность -35 дБ, импеданс 100-600 Ω. Есть отключаемый ФНЧ. Надежная устойчивая база с кнопкой активации и светодиодным индикатором. Снизу на подставке размещены 2 переключателя: PTT/PTL и для ФНЧ. Высота микрофона вместе с базой 320 мм. Разъём XLR (m), фантомное питание 11 - 52В DC, ветрозащита из поролона. Стильный дизайн, вес 0,7 кг. В комплекте микрофонный кабель длиной 5 м с разъемами XLR (f) - XLR (m).</t>
   </si>
   <si>
     <t>MCH-205</t>
   </si>
   <si>
     <t>Микрофон для оповещения (включая тревожное) и подачи объявлений. Электретный, однонаправленный, частотный диапазон 22 - 16 000 Гц, чувствительность -29 дБ. Импеданс 600 Ω. Надежная устойчивая база со встроенным предусилителем и кнопкой запуска сигнала "Гонг" (4 варианта). Высота микрофона вместе с базой 385 мм. Аудиовыходы: 1 балансный XLR, с предусилителя и 1 линейный, небалансный Jack 6.3 мм. Питание 15В DC. Кабель длиной 1,5 м с коннектором Jack 6.3 мм, адаптер питания и поролоновая ветрозащита. Вес 0,7 кг.</t>
   </si>
   <si>
-    <t>27 498</t>
+    <t>27 952</t>
   </si>
   <si>
     <t>FCM-767</t>
   </si>
   <si>
     <t>Микрофон для совещаний, конференций или оповещения, включая тревожное. Электретный, всенаправленный, частотный диапазон 80 - 18 000 Гц, чувствительность -51 дБ, импеданс 100-600 Ω. Есть отключаемый ФНЧ. Надежная устойчивая база с кнопкой активации и светодиодным индикатором. Снизу на подставке размещены 2 переключателя: PTT/PTL и для ФНЧ. Высота микрофона вместе с базой 480 мм (увеличенная). Разъём XLR (m), фантомное питание 11 - 52В DC, ветрозащита из поролона Стильный дизайн, вес 0,6 кг. В комплекте микрофонный кабель длиной 5 м с разъемами XLR (f) - XLR (m).</t>
   </si>
   <si>
-    <t>32 997</t>
+    <t>33 542</t>
   </si>
   <si>
     <t>1.5</t>
   </si>
   <si>
     <t>Gooseneck (Гусиная шея) микрофоны</t>
   </si>
   <si>
     <t>1.5.1</t>
   </si>
   <si>
     <t>Gooseneck (Гусиная шея) конденсаторные микрофоны</t>
   </si>
   <si>
     <t>FCM-730</t>
   </si>
   <si>
     <t>Микрофон для совещаний, конференций или обучения. Электретный, дисперсия кардиоида, частотный диапазон 50 - 16 000 Гц, чувствительность -19 дБ, импеданс 500 Ω. Высота микрофона 440 мм. Разъём XLR (m), фантомное питание 9-52 В DC, ветрозащита из поролона. Совместим с микрофонными базами с XLR-коннектором. Стильный дизайн, черный цвет, вес 100 г.</t>
   </si>
   <si>
-    <t>10 023</t>
+    <t>10 189</t>
   </si>
   <si>
     <t>FCM-752</t>
   </si>
   <si>
     <t>Микрофон для совещаний, конференций или обучения. Электретный, дисперсия гиперкардиоида, частотный диапазон 50 - 16 000 Гц, чувствительность -34 дБ, импеданс 250 Ω. Есть отключаемый ФНЧ и переключатель уровня (0/-10дБ). Высота микрофона 320 мм. Разъём XLR (m), фантомное питание 48В DC, ветрозащита из поролона. Совместим с микрофонными базами с XLR-коннектором. Стильный дизайн, белый цвет вес 100 г.</t>
   </si>
   <si>
-    <t>20 934</t>
+    <t>21 279</t>
   </si>
   <si>
     <t>1.6</t>
   </si>
   <si>
     <t>Накладные микрофоны</t>
   </si>
   <si>
     <t>1.6.1</t>
   </si>
   <si>
     <t>Накладные конденсаторные микрофоны</t>
   </si>
   <si>
     <t>BM-709</t>
   </si>
   <si>
     <t>Микрофон для совещаний, конференций, обучения и т.п. Электретный, частотный диапазон 50 - 15 000 Гц, чувствительность -32 дБ, импеданс 200 Ω. Регулируемая диаграмма направленности: всенаправленная, суб-кардиоида, кардиоида, суперкардиоида, двунаправленная. Есть отключаемый ФНЧ. Прочная конструкция на нескользящей резинке, стильный дизайн, тактильная кнопка с LED. Два режима работы - PTT и PTL. Разъём mini XLR (m), фантомное питание 48В DC. Плоский, габаритные размеры 92.5x26x100 мм, вес 150 г. В комплекте микрофонный кабель длиной 3 м с разъемами mini XLR (f) - XLR (m). Черный цвет.</t>
   </si>
   <si>
-    <t>35 747</t>
+    <t>36 337</t>
   </si>
   <si>
     <t>1.7</t>
   </si>
   <si>
     <t>Подвесные микрофоны</t>
   </si>
   <si>
     <t>1.7.1</t>
   </si>
   <si>
     <t>Подвесные конденсаторные микрофоны</t>
   </si>
   <si>
     <t>FCM-804</t>
   </si>
   <si>
     <t>Подвесной микрофон для сценических или иных выступлений. Электретный, дисперсия кардиоида, частотный диапазон 50 - 16 000 Гц, чувствительность -38 дБ, импеданс 250 Ω. Микрофон подвешивается на спиральный кабель длиной 9,5 м с помощью опоры (всё в комплекте). Разъём мини XLR (m), на кабеле коннектор мини XLR (f). Фантомное питание 9-52 В DC, ветрозащита из поролона. Малозаметная конструкция, габариты Ø12 x 65 мм, черный цвет, вес 200 г.</t>
   </si>
   <si>
-    <t>18 716</t>
+    <t>19 025</t>
   </si>
   <si>
     <t>1.8</t>
   </si>
   <si>
     <t>Микрофоны-тангенты</t>
   </si>
   <si>
     <t>1.8.1</t>
   </si>
   <si>
     <t>Микрофоны-тангенты динамические</t>
   </si>
   <si>
     <t>MCD-364</t>
   </si>
   <si>
     <t xml:space="preserve">Микрофон для тревожного оповещения. Динамический, всенаправленный, частотный диапазон 100 - 6 000 Гц, чувствительность -68 дБ, импеданс 500 Ω. Кнопка PTT, активен при нажатии. Спиральный кабель длиной 2м с разъемом моно Jack 6.3 мм (штекер). Габаритные размеры 55x75x30 мм, вес 200 г.
 </t>
   </si>
   <si>
-    <t>4 613</t>
+    <t>4 689</t>
   </si>
   <si>
     <t>MCD-364-P</t>
   </si>
   <si>
     <t>Микрофон для тревожного оповещения. Динамический, всенаправленный, частотный диапазон 100 - 6 000 Гц, чувствительность -68 дБ, импеданс 500 Ω. Кнопка PTT, активен при нажатии. Спиральный кабель длиной 2м с голыми контактами для передачи акустического сигнала и замыкания контактов исполнительного реле. Габаритные размеры 55x75x30 мм, вес 200 г.</t>
   </si>
   <si>
-    <t>4 258</t>
+    <t>4 328</t>
   </si>
   <si>
     <t>1.12</t>
   </si>
   <si>
     <t>Системы перевода</t>
   </si>
   <si>
     <t>1.12.1</t>
   </si>
   <si>
     <t>Синхронный перевод</t>
   </si>
   <si>
     <t>SCT-24CH</t>
   </si>
   <si>
     <t>Станция для заряда до 24-х ИК-приемников SCT-6R, работающих в составе системы синхронного перевода SCT. Время полной зарядки от 3 до 6 часов. Станция выполнена в виде крепкого чемодана с выдвижной ручкой и колесиками.  Габаритные размеры 625x285x365 мм, вес 11,14 кг. Питание при заряде от сети 220В.</t>
   </si>
   <si>
-    <t>166 318</t>
+    <t>169 063</t>
   </si>
   <si>
     <t>IR-600T</t>
   </si>
   <si>
     <t>Инфракрасный излучатель для передачи сигналов от передатчика к приемникам пользователей в системе синхронного перевода SCT. Дальность действия до 30м, покрывает площадь до 600 м2, возможно каскадное подключение для увеличения покрытия. Мощность излучения 25 Вт, частоты 1.7 - 4 МГц, дисперсия H/V = 135º. Вход BNC In для подключения к передатчику и каскадный выход BNC Out. Габаритные размеры 440x232x75 мм, вес 3.6 кг. Питание от сети 220В.</t>
   </si>
   <si>
-    <t>306 823</t>
+    <t>311 887</t>
   </si>
   <si>
     <t>SCT-6R</t>
   </si>
   <si>
     <t>Персональный инфракрасный приёмник для подключения к системе синхронного перевода SCT. 6 переключаемых каналов, угол приёма H / V = 90º. Интуитивно понятный интерфейс, есть регулятор громкости и дисплей. Стереовыход 3.5 мм Jack для подключения наушников. Питание: 3 батарейки AAA-R03, емкость 700 мА/ч; возможность заряда через станцию SCT-24CH. Габаритные размеры 155x45x20 мм, вес 100 г. В комплекте наушники, батарейки и шнур-держатель.</t>
   </si>
   <si>
-    <t>37 078</t>
+    <t>37 690</t>
   </si>
   <si>
     <t>SCT-61M</t>
   </si>
   <si>
     <t>Настольный микрофон для участия 1-го переводчика в системе синхронного перевода SCT. Переключение между входными и выходными каналами (по 6 шт.), функция отключения звука. Встроенный мониторный динамик, кнопки управления и текстовый дисплей. Возможно последовательное (каскадное) подключение нескольких микрофонов. Входы: 1 для внешнего микрофона (3.5 мм стерео Jack) и 1 для подключения к блоку управления (DB25 и DIN13). Выходы: 1 для наушников (3.5 мм стерео Jack) и 1 для каскадного подключения (DB25). Гусиная шея с индикаторным кольцом и ветрозащитой, высота 425 мм, габаритные размеры базы 278x65x140 мм, вес 1,5 кг. В комплекте наушники и кабель 3 м с разъёмами DB25.</t>
   </si>
   <si>
-    <t>136 159</t>
+    <t>138 406</t>
   </si>
   <si>
     <t>SCT-122M</t>
   </si>
   <si>
     <t>База для подключения 2-х микрофонов переводчика, работающих на 1 канале, в систему синхронного перевода SCT. Переключение между входными и выходными каналами (по 6), функция отключения звука, удобные кнопки управления. Возможно каскадное подключение нескольких микрофонов. Входы: 2х микрофонные (3.5 мм стерео Jack) и 1х каскадный DB25. Выходы: 2х для наушников (3.5 мм стерео Jack), 2х линейные для записи (3.5 мм стерео Jack) и 1х каскадный (DB25). Габаритные размеры 330x65x200 мм, вес 2,2 кг. В комплекте двое наушников с микрофонами и кабель 10 м с разъёмами DB25.</t>
   </si>
   <si>
-    <t>126 756</t>
+    <t>128 849</t>
   </si>
   <si>
     <t>SCT-600</t>
   </si>
   <si>
     <t>Центральный блок системы синхронного перевода SCT. Принимает акустические сигналы от конференц-системы и микрофонов переводчиков и передает на ИК-излучатели. 6 каналов: 1 оригинальный язык и 5 переведённых. Входы: 6 линейных (RCA); выходы: 6 линейных (RCA), 2 на ИК-излучатели (BNC), 2 управляющих каскадных, DB25. До 10 микрофонов переводчиков в последовательном подключении. Автоматическая регулировка громкости на выходах. Габаритные размеры 483x89x355 мм, вес 7 кг. Питание от сети 220В, монтаж настольный или Rack (2U).</t>
   </si>
   <si>
-    <t>281 631</t>
+    <t>286 280</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>SCT-16M</t>
   </si>
   <si>
     <t>Кейс для перевозки 16-и ИК-приемников SCT-6R, работающих в составе системы синхронного перевода SCT. Стальной, с замками, внутри отделан поролоном. Габаритные размеры 380x110x400 мм, масса 1,6 кг.</t>
   </si>
   <si>
-    <t>13 572</t>
+    <t>13 796</t>
   </si>
   <si>
     <t>1.13</t>
   </si>
   <si>
     <t>Аксессуары для микрофонов</t>
   </si>
   <si>
     <t>1.13.8</t>
   </si>
   <si>
     <t>Насадки для ручных микрофонов</t>
   </si>
   <si>
     <t>MT-4B</t>
   </si>
   <si>
     <t>Кубическая насадка для ручного микрофона. Тактильно приятный пластик, отделка из поролона. Размеры 57x56x57 мм, регулируемый внутренний диаметр 33 - 44мм. Белый цвет.</t>
   </si>
   <si>
-    <t>2 750</t>
+    <t>2 795</t>
   </si>
   <si>
     <t>MT-3</t>
   </si>
   <si>
     <t>Треугольная насадка для ручного микрофона. Тактильно приятный пластик, отделка из поролона. Размеры 82x56x94 мм, регулируемый внутренний диаметр 33 - 44мм. Черный цвет.</t>
   </si>
   <si>
-    <t>2 129</t>
+    <t>2 164</t>
   </si>
   <si>
     <t>MT-3B</t>
   </si>
   <si>
     <t>Треугольная насадка для ручного микрофона. Тактильно приятный пластик, отделка из поролона. Размеры 82x56x94 мм, регулируемый внутренний диаметр 33 - 44мм. Белый цвет.</t>
   </si>
   <si>
-    <t>2 661</t>
+    <t>2 705</t>
   </si>
   <si>
     <t>1.13.9</t>
   </si>
   <si>
     <t>Источники фантомного питания</t>
   </si>
   <si>
     <t>PH-3</t>
   </si>
   <si>
     <t>Источник фантомного питания для микрофонов. Обеспечивает напряжение +48 В. 2 микрофонных входа XLR (f) и 2 микрофонных выхода XLR (m). Габаритные размеры 182x46x118 мм, вес 0,8 кг. Питание AC 220В.</t>
   </si>
   <si>
-    <t>17 918</t>
+    <t>18 214</t>
   </si>
   <si>
     <t>1.13.10</t>
   </si>
   <si>
     <t>Ветрозащита</t>
   </si>
   <si>
     <t>YS-15-NE</t>
   </si>
   <si>
     <t>Поролоновая ветрозащита для микрофонов. Размеры: высота 100 мм, внутренний Ø 55 мм, внешний Ø 80 мм. Черный цвет.</t>
   </si>
   <si>
-    <t>3 105</t>
+    <t>3 156</t>
   </si>
   <si>
     <t>YS-15-RO</t>
   </si>
   <si>
     <t>Поролоновая ветрозащита для микрофонов. Размеры: высота 100 мм, внутренний Ø 55 мм, внешний Ø 80 мм. Красный цвет.</t>
   </si>
   <si>
-    <t>3 193</t>
+    <t>3 246</t>
   </si>
   <si>
     <t>YS-16-GR</t>
   </si>
   <si>
     <t>Поролоновая ветрозащита для микрофонов. Размеры: высота 20 мм, внутренний Ø 10 мм, внешний Ø 20 мм. Черный цвет. Совместимые устройства: FCM-16 и аналоги.</t>
   </si>
   <si>
-    <t>2 306</t>
+    <t>2 344</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>