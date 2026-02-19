--- v0 (2025-12-07)
+++ v1 (2026-02-19)
@@ -59,162 +59,162 @@
   <si>
     <t>Профессиональное звуковое оборудование</t>
   </si>
   <si>
     <t>1.1</t>
   </si>
   <si>
     <t>Акустические системы</t>
   </si>
   <si>
     <t>1.1.1</t>
   </si>
   <si>
     <t>Пассивная акустика</t>
   </si>
   <si>
     <t>FONESTAR</t>
   </si>
   <si>
     <t>FORCE-12</t>
   </si>
   <si>
     <t>Двухполосная, 2 динамика: НЧ вуфер 12” и ВЧ компрессионный драйвер 1⅓". Мощность RMS 300 Вт, пиковая 800 Вт, низкоомные линии 4-8 Ом. Рабочие частоты 55 - 20 000 Гц, чувствительность 97 дБ, макс. SPL 123 дБ, дисперсия 90º H x 90º V, кроссовер 2,5 кГц. Обеспечивает тонкий детализированный звук. Коннекторы: 2 x 4-pin (1+, 1-). Габаритные размеры 380x595x370 мм, вес 17 кг. Корпус из ABS-пластика с порошковым окрасом в черный цвет, решетка алюминиевая. Гнездо для стойки диаметром 35 мм. Монтаж напольный или настенный, 5 точек под резьбу М8.</t>
   </si>
   <si>
-    <t>57 834</t>
+    <t>58 789</t>
   </si>
   <si>
     <t>звоните</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>FORCE-8</t>
   </si>
   <si>
     <t>Двухполосная, 2 динамика: НЧ вуфер 8” и ВЧ компрессионный драйвер 1". Мощность RMS 200 Вт, пиковая 600 Вт, низкоомные линии 4-8 Ом. Рабочие частоты 65 - 18 000 Гц, чувствительность 95 дБ, макс. SPL 120 дБ, дисперсия 90º H x 90º V, кроссовер 2,5 кГц. Обеспечивает тонкий детализированный звук. Коннекторы: 2 x 4-pin (1+, 1-). Габаритные размеры 290x470x260 мм, вес 10,7 кг. Корпус из ABS-пластика с порошковым окрасом в черный цвет, решетка алюминиевая. Гнездо для стойки диаметром 35 мм. Монтаж напольный или настенный, 4 точки под резьбу М8.</t>
   </si>
   <si>
-    <t>38 586</t>
+    <t>39 223</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>SB-3612</t>
   </si>
   <si>
     <t>Двухполосная, 2 динамика: НЧ вуфер 12” и ВЧ компрессионный драйвер 1⅜". Мощность RMS 150 Вт, пиковая 400 Вт, низкоомные линии 4-8 Ом. Рабочие частоты 55 - 18 000 Гц, чувствительность 97 дБ, макс. SPL 128 дБ, кроссовер 2,5 кГц. Обеспечивает высокое качество звука. Коннекторы: 2 x 4-pin (1+, 1-). Габаритные размеры 375x585x330 мм, вес 13,2 кг. Корпус из полипропилена с порошковым окрасом в черный цвет, решетка алюминиевая. Монтаж напольный, настенный, 6 точек под резьбу М8 или на стойку 35 мм (есть гнездо).</t>
   </si>
   <si>
-    <t>46 214</t>
+    <t>46 977</t>
   </si>
   <si>
     <t>1.1.2</t>
   </si>
   <si>
     <t>Активная акустика</t>
   </si>
   <si>
     <t>FORCE-12DSP</t>
   </si>
   <si>
     <t>Двухполосная, 2 динамика: НЧ вуфер 12” и ВЧ компрессионный драйвер 1⅓". Усилитель класса D, мощность RMS 300 Вт, пиковая 800 Вт. Рабочие частоты 55 - 20 000 Гц, чувствительность 97 дБ, макс. SPL 123 дБ, дисперсия 90º H x 90º V, обеспечивает тонкий детализированный звук. Встроенный DSP с 4-мя пресетами: Music, Live, Speech, DJ. Управление через меню, настраивается АЧХ, задержка, компрессор и ограничитель; предусмотрена ф-я "монитор" (доп.аттенюация НЧ). Bluetooth приемник для беспроводного сопряжения с аналогичной АС с целью настройки пары True Wireless Stereo (TWS). Аудиовходы: комбинированные, микр/лин, 2х XLR/Jack 6.3 мм. Аудиовыход 1 линейный XLR. Micro-USB и дисплей. Габаритные размеры 375x595x360 мм, вес 17,7 кг. Корпус из ABS-пластика с порошковым окрасом в черный цвет, решетка алюминиевая. Гнездо для стойки диаметром 35 мм. Монтаж напольный или настенный, 5 точек под резьбу М8. Питание AC 220В.</t>
   </si>
   <si>
-    <t>98 105</t>
+    <t>99 725</t>
   </si>
   <si>
     <t>ASB-12150U</t>
   </si>
   <si>
     <t>Двухполосная, 2 динамика: НЧ вуфер 12” и ВЧ компрессионный драйвер 1". Bi-amp усилитель класса D, мощность RMS 180 Вт: на НЧ 150 Вт + на ВЧ 30 Вт. Рабочие частоты 50 - 18 000 Гц, обеспечивает прекрасный глубокий звук. Встроенный медиаплеер позволяет воспроизводить файлы с USB или SD-card. Входы: 3х микрофонных, балансные XLR, 1х комбинированный, микр/лин, XLR/6.3 мм Jack, 1х линейный, 2xRCA. Выходы: 1х линейный, 2xRCA и 1х Spekon (8 Ом) на пассивную АС для создания стереопары. Каждому входу соответствует регулятор громкости и двухполосный эквалайзер (НЧ и ВЧ); есть общий графический эквалайзер (5 полос). Экран и кнопки для управления плеером. Габаритные размеры 375x585x330 мм, вес 15 кг. Корпус из ABS-пластика, решетка алюминиевая. Монтаж напольный (в том числе как монитор), настенный (4 точки под резьбу М8) или на стойку 35 мм (есть гнездо). Питание AC 220В.</t>
   </si>
   <si>
-    <t>85 332</t>
+    <t>86 741</t>
   </si>
   <si>
     <t>1.4</t>
   </si>
   <si>
     <t>Вспомогательные устройства</t>
   </si>
   <si>
     <t>1.4.4</t>
   </si>
   <si>
     <t>Аудиоразветвители</t>
   </si>
   <si>
     <t>FDT-110F</t>
   </si>
   <si>
     <t>Сплиттер аналогового аудиосигнала с 1 моно входа на 10 моно выходов. Частотный диапазон 20 - 20 000 Гц. Для каждого выхода независимая регулировка громкости. Все коннекторы - балансные XLR. Габаритные размеры 484x88x100 мм (2U), Rack-монтаж. Питание от сети 220В.</t>
   </si>
   <si>
-    <t>76 905</t>
+    <t>78 175</t>
   </si>
   <si>
     <t>FDT-112</t>
   </si>
   <si>
     <t>Сплиттер аналогового аудиосигнала с 1 стерео входа на 5 стерео или 10 моно выходов. Частотный диапазон 20 - 20 000 Гц. Для каждого выхода независимая регулировка громкости + общий переключатель моно/стерео. Входные коннекторы: 2 линейных, комбо XLR и 6.3 мм стерео Jack; выходные коннекторы: 10 балансных XLR и 2 link XLR. LED-индикация и кнопка отключения заземления (GND lift). Габаритные размеры 483x44,5x215 мм (1U), Rack-монтаж. Питание от сети 220В.</t>
   </si>
   <si>
-    <t>68 124</t>
+    <t>69 248</t>
   </si>
   <si>
     <t>1.5</t>
   </si>
   <si>
     <t>Аксессуары</t>
   </si>
   <si>
     <t>1.5.3</t>
   </si>
   <si>
     <t>Настенные кронштейны</t>
   </si>
   <si>
     <t>SAL-622N</t>
   </si>
   <si>
     <t>Два регулируемых кронштейна для настенного монтажа АС. Максимальная нагрузка 10 кг. Регулировка: по горизонтали 120º, по вертикали (наклон) ± 20º. Габаритные размеры 65x151x115 мм, вес 2х 0,6 кг. Черный цвет.</t>
   </si>
   <si>
-    <t>5 766</t>
+    <t>5 861</t>
   </si>
   <si>
     <t>SAL-623N</t>
   </si>
   <si>
     <t>Два регулируемых кронштейна для настенного монтажа АС. Максимальная нагрузка 3,5 кг. Регулировка: по горизонтали 140º, по вертикали (наклон) ± 20º. Габаритные размеры 49x87x64 мм, вес 2х 0,1 кг. Черный цвет.</t>
   </si>
   <si>
-    <t>2 484</t>
+    <t>2 525</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>