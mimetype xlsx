--- v0 (2025-12-07)
+++ v1 (2026-02-19)
@@ -59,1462 +59,1462 @@
   <si>
     <t>Трансляционное звуковое оборудование</t>
   </si>
   <si>
     <t>1.1</t>
   </si>
   <si>
     <t>Громкоговорители</t>
   </si>
   <si>
     <t>1.1.1</t>
   </si>
   <si>
     <t>Настенные громкоговорители</t>
   </si>
   <si>
     <t>FONESTAR</t>
   </si>
   <si>
     <t>SONORA-5AWN</t>
   </si>
   <si>
     <t>Двухполосная, 2 динамика: НЧ вуфер 5,25” и ВЧ твитер 1". Двухканальный усилитель класса D, мощность 2х 25 Вт. Рабочие частоты 80 - 20 000 Гц, обеспечивает прекрасный глубокий звук. Встроенный медиаплеер позволяет воспроизводить файлы с USB или гаджетов подключенных через модуль Wi Fi (приложение WiiM). Регуляторы громкости, НЧ и ВЧ-частот (эквалайзеры), переключатель моно/стерео, кнопки для управления плеером. Аудиовход 1х AUX (Jack 3.5 мм стерео). Аудиовыход 8 Ом (Euroblock) на пассивную АС для создания стереопары + есть функция Multiroom. Сетевой коннектор RJ-45. Габаритные размеры 162x263x147 мм, вес 2,7 кг. Корпус из ABS-пластика, решетка алюминиевая. Монтаж на поворотно-наклонный кронштейн со страховочным тросиком (в комплекте). Питание AC 220В.</t>
   </si>
   <si>
-    <t>80 010</t>
+    <t>81 331</t>
   </si>
   <si>
     <t>звоните</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>TDO-45</t>
   </si>
   <si>
     <t>Устройство включает 4 звуковых излучателя (драйвера), которые при монтаже на твёрдую поверхность становятся полноценным "невидимым" громкоговорителем. Мощность 40 Вт RMS, пик 60 Вт; подключение в трансляционные линии 70/100В. Рабочие частоты 140 - 20 000 Гц, чувствительность 90 дБ, дисперсия 180º (ненаправленный звук). Габаритные размеры: 300х400х50 мм, вес 1,45 кг. Монтаж в панели ГКЛ (подвесные потолочные или настенные). Материал алюминий.</t>
   </si>
   <si>
-    <t>75 309</t>
+    <t>76 552</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>TDO-45BOX</t>
   </si>
   <si>
     <t>Бокс для скрытого монтажа громкоговорителя TDO-45. Размеры 304x450x71 мм, вес 1.5 кг.</t>
   </si>
   <si>
-    <t>40 803</t>
+    <t>41 477</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>SONORA-3B</t>
   </si>
   <si>
     <t>Широкополосный, 1 динамик 3”, подключение в низкоомные линии 8 Ом, мощность 12 Вт (пик 20 Вт). Обеспечивает высококачественный звук. Рабочие частоты 130 - 20 000 Гц, чувствительность 84 дБ, макс.SPL 94 дБ. Габаритные размеры 97x110x107 мм, вес 480 г. Монтаж настенный на регулируемый поворотный кронштейн (в комплекте). Стильный дизайн, корпус выполнен из ABS-пластика устойчивого к ультрафиолету. Всепогодное исполнение, IP66 и защиты от солевого тумана. Цвет белый.</t>
   </si>
   <si>
-    <t>6 919</t>
+    <t>7 033</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>SONORA-3N</t>
   </si>
   <si>
     <t>Широкополосный, 1 динамик 3”, подключение в низкоомные линии 8 Ом, мощность 12 Вт (пик 20 Вт). Обеспечивает высококачественный звук. Рабочие частоты 130 - 20 000 Гц, чувствительность 84 дБ, макс.SPL 94 дБ. Габаритные размеры 97x110x107 мм, вес 480 г. Монтаж настенный на регулируемый поворотный кронштейн (в комплекте). Стильный дизайн, корпус выполнен из ABS-пластика устойчивого к ультрафиолету. Всепогодное исполнение, IP66 и защиты от солевого тумана. Цвет черный.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>SONORA-3TB</t>
   </si>
   <si>
     <t>Широкополосный, 1 динамик 3”, подключение в низкоомные линии 8 Ом или в трансляционные 100В, мощность 12 Вт (пик 20 Вт). Обеспечивает высококачественный звук. Рабочие частоты 130 - 20 000 Гц, чувствительность 84 дБ, макс.SPL 94 дБ. Габаритные размеры 97x110x107 мм, вес 700 г. Монтаж настенный на регулируемый поворотный кронштейн (в комплекте). Стильный дизайн, корпус выполнен из ABS-пластика устойчивого к ультрафиолету. Всепогодное исполнение, IP66 и защиты от солевого тумана. Цвет белый.</t>
   </si>
   <si>
-    <t>8 870</t>
+    <t>9 017</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>SONORA-3TN</t>
   </si>
   <si>
     <t>Широкополосный, 1 динамик 3”, подключение в низкоомные линии 8 Ом или в трансляционные 100В, мощность 12 Вт (пик 20 Вт). Обеспечивает высококачественный звук. Рабочие частоты 130 - 20 000 Гц, чувствительность 84 дБ, макс.SPL 94 дБ. Габаритные размеры 97x110x107 мм, вес 700 г. Монтаж настенный на регулируемый поворотный кронштейн (в комплекте). Стильный дизайн, корпус выполнен из ABS-пластика устойчивого к ультрафиолету. Всепогодное исполнение, IP66 и защиты от солевого тумана. Цвет черный.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>SONORA-4B</t>
   </si>
   <si>
     <t>Двухполосный, 2 динамика: НЧ вуфер 4” и ВЧ твитер 1", подключение в низкоомные линии 8 Ом, мощность 30 Вт (пик 60 Вт). Обеспечивает высококачественный звук. Рабочие частоты 120 - 20 000 Гц, чувствительность 85 дБ, макс.SPL 98 дБ. Габаритные размеры 125x202x125 мм, вес 1 кг. Монтаж настенный на регулируемый поворотный кронштейн (в комплекте). Стильный дизайн, корпус выполнен из ABS-пластика устойчивого к ультрафиолету. Всепогодное исполнение, IP66. Цвет белый.</t>
   </si>
   <si>
-    <t>10 822</t>
+    <t>11 000</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>SONORA-4N</t>
   </si>
   <si>
     <t>Двухполосный, 2 динамика: НЧ вуфер 4” и ВЧ твитер 1", подключение в низкоомные линии 8 Ом, мощность 30 Вт (пик 60 Вт). Обеспечивает высококачественный звук. Рабочие частоты 120 - 20 000 Гц, чувствительность 85 дБ, макс.SPL 98 дБ. Габаритные размеры 125x202x125 мм, вес 1 кг. Монтаж настенный на регулируемый поворотный кронштейн (в комплекте). Стильный дизайн, корпус выполнен из ABS-пластика устойчивого к ультрафиолету. Всепогодное исполнение, IP66. Цвет черный.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>SONORA-4TB</t>
   </si>
   <si>
     <t>Двухполосный, 2 динамика: НЧ вуфер 4” и ВЧ твитер 1", подключение в низкоомные линии 8 Ом или в трансляционные 100В, мощность 3,75-30 Вт (пик 60 Вт). Обеспечивает высококачественный звук. Рабочие частоты 120 - 20 000 Гц, чувствительность 85 дБ, макс.SPL 98 дБ. Габаритные размеры 125x202x125 мм, вес 1,5 кг. Монтаж настенный на регулируемый поворотный кронштейн (в комплекте). Стильный дизайн, корпус выполнен из ABS-пластика устойчивого к ультрафиолету. Всепогодное исполнение, IP66. Цвет белый.</t>
   </si>
   <si>
-    <t>14 281</t>
+    <t>14 517</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>SONORA-4TN</t>
   </si>
   <si>
     <t>Двухполосный, 2 динамика: НЧ вуфер 4” и ВЧ твитер 1", подключение в низкоомные линии 8 Ом или в трансляционные 100В, мощность 3,75-30 Вт (пик 60 Вт). Обеспечивает высококачественный звук. Рабочие частоты 120 - 20 000 Гц, чувствительность 85 дБ, макс.SPL 98 дБ. Габаритные размеры 125x202x125 мм, вес 1,5 кг. Монтаж настенный на регулируемый поворотный кронштейн (в комплекте). Стильный дизайн, корпус выполнен из ABS-пластика устойчивого к ультрафиолету. Всепогодное исполнение, IP66. Цвет черный.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>SONORA-5B</t>
   </si>
   <si>
     <t>Двухполосный, 2 динамика: НЧ вуфер 5,25” и ВЧ твитер 1", подключение в низкоомные линии 8 Ом, мощность 40 Вт (пик 80 Вт). Обеспечивает высококачественный звук. Рабочие частоты 80 - 20 000 Гц, чувствительность 88 дБ, макс.SPL 102 дБ. Габаритные размеры 162x263x147 мм, вес 1,65 кг. Монтаж настенный на регулируемый поворотный кронштейн (в комплекте). Стильный дизайн, корпус выполнен из ABS-пластика устойчивого к ультрафиолету. Всепогодное исполнение, IP66. Цвет белый.</t>
   </si>
   <si>
-    <t>13 217</t>
+    <t>13 435</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>SONORA-5B16</t>
   </si>
   <si>
     <t>Двухполосный, 2 динамика: НЧ вуфер 5,25” и ВЧ твитер 1", подключение в низкоомные линии 16 Ом, мощность 40 Вт (пик 80 Вт). Обеспечивает высококачественный звук. Рабочие частоты 80 - 20 000 Гц, чувствительность 88 дБ, макс.SPL 102 дБ. Габаритные размеры 162x262x147 мм, вес 1,7 кг. Монтаж настенный на регулируемый поворотный кронштейн (в комплекте). Стильный дизайн, корпус выполнен из ABS-пластика устойчивого к ультрафиолету. Всепогодное исполнение, IP66. Цвет белый.</t>
   </si>
   <si>
-    <t>13 128</t>
+    <t>13 345</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>SONORA-5N</t>
   </si>
   <si>
     <t>Двухполосный, 2 динамика: НЧ вуфер 5,25” и ВЧ твитер 1", подключение в низкоомные линии 8 Ом, мощность 40 Вт (пик 80 Вт). Обеспечивает высококачественный звук. Рабочие частоты 80 - 20 000 Гц, чувствительность 88 дБ, макс.SPL 102 дБ. Габаритные размеры 162x263x147 мм, вес 1,65 кг. Монтаж настенный на регулируемый поворотный кронштейн (в комплекте). Стильный дизайн, корпус выполнен из ABS-пластика устойчивого к ультрафиолету. Всепогодное исполнение, IP66. Цвет черный.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>SONORA-5N16</t>
   </si>
   <si>
     <t>Двухполосный, 2 динамика: НЧ вуфер 5,25” и ВЧ твитер 1", подключение в низкоомные линии 16 Ом, мощность 40 Вт (пик 80 Вт). Обеспечивает высококачественный звук. Рабочие частоты 80 - 20 000 Гц, чувствительность 88 дБ, макс.SPL 102 дБ. Габаритные размеры 162x262x147 мм, вес 1,7 кг. Монтаж настенный на регулируемый поворотный кронштейн (в комплекте). Стильный дизайн, корпус выполнен из ABS-пластика устойчивого к ультрафиолету. Всепогодное исполнение, IP66. Цвет черный.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>SONORA-5TB</t>
   </si>
   <si>
     <t>Двухполосный, 2 динамика: НЧ вуфер 5,25” и ВЧ твитер 1", подключение в низкоомные линии 8 Ом или в трансляционные 100В, мощность 5-40 Вт (пик 80 Вт). Обеспечивает высококачественный звук. Рабочие частоты 80 - 20 000 Гц, чувствительность 88 дБ, макс.SPL 102 дБ. Габаритные размеры 162x263x147 мм, вес 2,2 кг. Монтаж настенный на регулируемый поворотный кронштейн (в комплекте). Стильный дизайн, корпус выполнен из ABS-пластика устойчивого к ультрафиолету. Всепогодное исполнение, IP66. Цвет белый.</t>
   </si>
   <si>
-    <t>17 031</t>
+    <t>17 312</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>SONORA-5TN</t>
   </si>
   <si>
     <t>Двухполосный, 2 динамика: НЧ вуфер 5,25” и ВЧ твитер 1", подключение в низкоомные линии 8 Ом или в трансляционные 100В, мощность 5-40 Вт (пик 80 Вт). Обеспечивает высококачественный звук. Рабочие частоты 80 - 20 000 Гц, чувствительность 88 дБ, макс.SPL 102 дБ. Габаритные размеры 162x263x147 мм, вес 2,2 кг. Монтаж настенный на регулируемый поворотный кронштейн (в комплекте). Стильный дизайн, корпус выполнен из ABS-пластика устойчивого к ультрафиолету. Всепогодное исполнение, IP66. Цвет черный.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>SONORA-6B</t>
   </si>
   <si>
     <t>Двухполосный, 2 динамика: НЧ вуфер 6” и ВЧ твитер 1", подключение в низкоомные линии 8 Ом, мощность 60 Вт (пик 120 Вт). Обеспечивает высококачественный звук. Рабочие частоты 75 - 20 000 Гц, чувствительность 89 дБ, макс.SPL 104 дБ. Габаритные размеры 199x322x181 мм, вес 2,4 кг. Монтаж настенный на регулируемый поворотный кронштейн (в комплекте). Стильный дизайн, корпус выполнен из ABS-пластика устойчивого к ультрафиолету. Всепогодное исполнение, IP66. Цвет белый.</t>
   </si>
   <si>
-    <t>21 289</t>
+    <t>21 640</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>SONORA-6N</t>
   </si>
   <si>
     <t>Двухполосный, 2 динамика: НЧ вуфер 6” и ВЧ твитер 1", подключение в низкоомные линии 8 Ом, мощность 60 Вт (пик 120 Вт). Обеспечивает высококачественный звук. Рабочие частоты 75 - 20 000 Гц, чувствительность 89 дБ, макс.SPL 104 дБ. Габаритные размеры 199x322x181 мм, вес 2,4 кг. Монтаж настенный на регулируемый поворотный кронштейн (в комплекте). Стильный дизайн, корпус выполнен из ABS-пластика устойчивого к ультрафиолету. Всепогодное исполнение, IP66. Цвет черный.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>SONORA-6TB</t>
   </si>
   <si>
     <t>Двухполосный, 2 динамика: НЧ вуфер 6” и ВЧ твитер 1", подключение в низкоомные линии 8 Ом или в трансляционные 100В, мощность 7,5-60 Вт (пик 100 Вт). Обеспечивает высококачественный звук. Рабочие частоты 75 - 20 000 Гц, чувствительность 89 дБ, макс.SPL 104 дБ. Габаритные размеры 199x322x181 мм, вес 3 кг. Монтаж настенный на регулируемый поворотный кронштейн (в комплекте). Стильный дизайн, корпус выполнен из ABS-пластика устойчивого к ультрафиолету. Всепогодное исполнение, IP66. Цвет белый.</t>
   </si>
   <si>
-    <t>26 167</t>
+    <t>26 599</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>SONORA-6TN</t>
   </si>
   <si>
     <t>Двухполосный, 2 динамика: НЧ вуфер 6” и ВЧ твитер 1", подключение в низкоомные линии 8 Ом или в трансляционные 100В, мощность 7,5-60 Вт (пик 100 Вт). Обеспечивает высококачественный звук. Рабочие частоты 75 - 20 000 Гц, чувствительность 89 дБ, макс.SPL 104 дБ. Габаритные размеры 199x322x181 мм, вес 3 кг. Монтаж настенный на регулируемый поворотный кронштейн (в комплекте). Стильный дизайн, корпус выполнен из ABS-пластика устойчивого к ультрафиолету. Всепогодное исполнение, IP66. Цвет черный.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>SONORA-8TB</t>
   </si>
   <si>
     <t>Двухполосный, 2 динамика: НЧ вуфер 8” и ВЧ твитер 1", подключение в низкоомные линии 8 Ом или в трансляционные 100В, мощность 10-100 Вт (пик 150 Вт). Обеспечивает высококачественный звук. Рабочие частоты 60 - 20 000 Гц, чувствительность 89 дБ, макс.SPL 108 дБ. Габаритные размеры 235x380x200 мм, вес 5,3 кг. Монтаж настенный на регулируемый поворотный кронштейн (в комплекте). Стильный дизайн, корпус выполнен из ABS-пластика устойчивого к ультрафиолету. Всепогодное исполнение, IP66. Цвет белый.</t>
   </si>
   <si>
-    <t>41 779</t>
+    <t>42 469</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>SONORA-8TN</t>
   </si>
   <si>
     <t>Двухполосный, 2 динамика: НЧ вуфер 8” и ВЧ твитер 1", подключение в низкоомные линии 8 Ом или в трансляционные 100В, мощность 10-100 Вт (пик 150 Вт). Обеспечивает высококачественный звук. Рабочие частоты 60 - 20 000 Гц, чувствительность 89 дБ, макс.SPL 108 дБ. Габаритные размеры 235x380x200 мм, вес 5,3 кг. Монтаж настенный на регулируемый поворотный кронштейн (в комплекте). Стильный дизайн, корпус выполнен из ABS-пластика устойчивого к ультрафиолету. Всепогодное исполнение, IP66. Цвет черный.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>AMBIENT-20A</t>
   </si>
   <si>
     <t>Пара активных широкополосных громкоговорителей, музыкальное вещание и речевые трансляции. В каждой АС размещён 1 Hi-Fi динамик 3” и усилитель класса D. Мощность RMS 20 Вт (пик 40 Вт), есть лимитер и компрессор. Рабочие частоты 132 - 20 000 Гц. Входы: 1х AUX, 2x RCA, 1х балансный Jack 6,3 стерео; выход: 1х балансный Jack 6,3 стерео. Регулятор громкости, индикация питания. Габаритные размеры 115x175x107 мм, вес 2х 1.3 кг. Монтаж на стену, кронштейн типа "лира" со страховочным тросом в комплекте. Питание от сети 220В. Цвет черный.</t>
   </si>
   <si>
-    <t>35 747</t>
+    <t>36 337</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>AMBIENT-20BA</t>
   </si>
   <si>
     <t>Пара активных широкополосных громкоговорителей, музыкальное вещание и речевые трансляции. В каждой АС размещён 1 Hi-Fi динамик 3” и усилитель класса D. Мощность RMS 20 Вт (пик 40 Вт), есть лимитер и компрессор. Рабочие частоты 132 - 20 000 Гц. Входы: 1х AUX, 2x RCA, 1х балансный Jack 6,3 стерео; выход: 1х балансный Jack 6,3 стерео. Регулятор громкости, индикация питания. Габаритные размеры 115x175x107 мм, вес 2х 1.3 кг. Монтаж на стену, кронштейн типа "лира" со страховочным тросом в комплекте. Питание от сети 220В. Цвет белый.</t>
   </si>
   <si>
-    <t>36 279</t>
+    <t>36 878</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>AMBIENT-BT20A</t>
   </si>
   <si>
     <t>Пара широкополосных громкоговорителей, музыкальное вещание и речевые трансляции. Активная + пассивная АС. В каждой АС размещён 1 Hi-Fi динамик 3”; в активной есть усилитель класса D, мощность 2х 10 Вт. Рабочие частоты 150 - 20 000 Гц. Входы: 1х AUX, 2x RCA; выход: 1х балансный Jack 6,3 стерео. Регулятор громкости, индикация питания. Габаритные размеры 115x175x107 мм, вес: активный 1.3 кг, пассивный 0.8 кг. Монтаж на стену, кронштейн со страховочным тросом в комплекте, также есть аудиокабель длиной 3 м. Питание от сети 220В. Цвет черный.</t>
   </si>
   <si>
-    <t>34 062</t>
+    <t>34 624</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>CUBE-62</t>
   </si>
   <si>
     <t>Пара широкополосных громкоговорителей, музыкальное вещание и речевые трансляции. В каждой АС размещён 1 динамик 2.5”, подключение в низкоомные линии 8 Ом, мощность 12 Вт (пик 25 Вт).  Рабочие частоты 150 - 20 000 Гц, чувствительность 88 дБ. Пружинные клеммы. Габаритные размеры 89x89x110 мм, вес 2х 0,7 кг. Монтаж настенный на регулируемый кронштейн (в комплекте). Стильный дизайн, корпус из ABS-пластика. Цвет черный.</t>
   </si>
   <si>
-    <t>8 693</t>
+    <t>8 836</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>ELIPSE-8BT</t>
   </si>
   <si>
     <t>Пара двухполосных громкоговорителей, музыкальное вещание и речевые трансляции высокого уровня. В каждой АС 2 динамика: НЧ-вуфер 8” и купольный ВЧ-твитер 1", подключение в низкоомные линии 8 Ом или в трансляционные 100В, мощность 6,25-60 Вт (пик 120 Вт).  Рабочие частоты 30 - 20 000 Гц, чувствительность 90 дБ. Габаритные размеры 244x378x240 мм, вес 2х 5 кг. Монтаж настенный на регулируемый кронштейн (в комплекте). Стильный дизайн, корпус из ABS-пластика, всепогодное исполнение, IP56. Цвет белый.</t>
   </si>
   <si>
-    <t>68 567</t>
+    <t>69 699</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>ELIPSE-8T</t>
   </si>
   <si>
     <t>Пара двухполосных громкоговорителей, музыкальное вещание и речевые трансляции высокого уровня. В каждой АС 2 динамика: НЧ-вуфер 8” и купольный ВЧ-твитер 1", подключение в низкоомные линии 8 Ом или в трансляционные 100В, мощность 6,25-60 Вт (пик 120 Вт).  Рабочие частоты 30 - 20 000 Гц, чувствительность 90 дБ. Габаритные размеры 244x378x240 мм, вес 2х 5 кг. Монтаж настенный на регулируемый кронштейн (в комплекте). Стильный дизайн, корпус из ABS-пластика, всепогодное исполнение, IP56. Цвет черный.</t>
   </si>
   <si>
     <t>1.1.2</t>
   </si>
   <si>
     <t>Потолочные громкоговорители</t>
   </si>
   <si>
     <t>GAT-4510</t>
   </si>
   <si>
     <t>Двухполосный, коаксиальный вуфер 6”, подключение в трансляционные линии 100В, мощность 2,5-10 Вт (пик 15 Вт). Рабочие частоты 55 - 20 000 Гц, чувствительность 88 дБ. Габаритные размеры: внешний Ø216 мм, глубина посадки 94 мм, монтажное отверстие Ø187 мм, вес 1,4 кг. Монтаж в подвесной потолок, на пружинные зажимы. Материал ABS-пластик. Громкоговоритель выступает над потолком лишь на 5 мм.</t>
   </si>
   <si>
-    <t>21 998</t>
+    <t>22 361</t>
   </si>
   <si>
     <t>GA-245</t>
   </si>
   <si>
     <t>Широкополосный, двойной конический динамик 4,5”, подключение в низкоомные линии 8 Ом, мощность 5 Вт (пик 10 Вт). Рабочие частоты 110 - 20 000 Гц, чувствительность 90 дБ. Габаритные размеры: Ø170 мм, глубина посадки 55 мм, монтажное отверстие Ø155 мм, вес 400 г. Монтаж в подвесной потолок, на пружинные зажимы. Цвет белый.</t>
   </si>
   <si>
-    <t>4 169</t>
+    <t>4 238</t>
   </si>
   <si>
     <t>GA-259</t>
   </si>
   <si>
     <t>Широкополосный, динамик 3”, подключение в низкоомные линии 8 Ом, мощность 6 Вт (пик 10 Вт). Рабочие частоты 130 - 20 000 Гц, чувствительность 87 дБ, дисперсия 120° / 90° (1 / 4 кГц). Габаритные размеры: Ø100 мм, глубина посадки 50 мм, монтажное отверстие Ø85 мм (сопоставим с размерами точечного галогенного светильника), вес 400 г. Монтаж в подвесной потолок, на пружинные зажимы. Материал сталь.</t>
   </si>
   <si>
-    <t>7 096</t>
+    <t>7 213</t>
   </si>
   <si>
     <t>GA-5027</t>
   </si>
   <si>
     <t>Широкополосный, коаксиальный динамик 5,25”, подключение в низкоомные линии 8 Ом, мощность 25 Вт (пик 40 Вт). Рабочие частоты 60 - 20 000 Гц, чувствительность 87 дБ, дисперсия 130°. Габаритные размеры: Ø204 мм, глубина посадки 70 мм, монтажное отверстие Ø165 мм, вес 1 кг. Монтаж в подвесной потолок, на пружинные зажимы. Материал корпуса ABS-пластик, решетка из стали, цвет белый.</t>
   </si>
   <si>
-    <t>9 225</t>
+    <t>9 377</t>
   </si>
   <si>
     <t>GAT-4507</t>
   </si>
   <si>
     <t>Широкополосный, двойной конический динамик 6,5”, подключение в трансляционные линии 100В, мощность 7 Вт (пик 12 Вт). Рабочие частоты 110 - 15 000 Гц, чувствительность 90 дБ. Габаритные размеры: внешний Ø191 мм, глубина посадки 70 мм, монтажное отверстие Ø170 мм, вес 700 г. Монтаж в подвесной потолок, на пружинные зажимы. Материал ABS-пластик. Громкоговоритель выступает над потолком лишь на 6мм.</t>
   </si>
   <si>
-    <t>5 500</t>
+    <t>5 590</t>
   </si>
   <si>
     <t>GAT-4860SW</t>
   </si>
   <si>
     <t>Обеспечивает глубокий бас. Подключение в трансляционные линии 70/100В, мощность 20-60 Вт (пик 90 Вт). Динамик: вуфер 8", рабочие частоты 55 - 200 Гц, чувствительность 90 дБ, кроссовер - ФНЧ (12 дБ/окт). Габаритные размеры: внешний Ø281 мм, глубина посадки 110 мм, монтажное отверстие Ø242 мм, вес 2,7 кг. Монтаж в подвесной потолок. Материал ABS-пластик.</t>
   </si>
   <si>
-    <t>37 255</t>
+    <t>37 870</t>
   </si>
   <si>
     <t>GAT-80SW</t>
   </si>
   <si>
     <t>Обеспечивает глубокий бас. Подключение в трансляционные линии 100В, мощность 20-60 Вт (пик 90 Вт). Динамик: вуфер 8", рабочие частоты 55 - 200 Гц, чувствительность 89 дБ, кроссовер - ФНЧ (12 дБ/окт). Габаритные размеры: внешний Ø275 мм, глубина посадки 110 мм, монтажное отверстие Ø240 мм, вес 2,5 кг. Монтаж в подвесной потолок. Материал ABS-пластик.</t>
   </si>
   <si>
-    <t>32 554</t>
+    <t>33 091</t>
   </si>
   <si>
     <t>GAT-1SUB</t>
   </si>
   <si>
     <t>Потолочный сабвуфер с фазоинверторным корпусом. Создаёт прекрасный и глубокий бас. Подключение в трансляционные линии 70/100В или низкоомные 8 Ом, мощность 15-60 Вт (пик 90 Вт). Динамик: вуфер 8", рабочие частоты 40 - 170 Гц, чувствительность 86 дБ. Габаритные размеры: внешний Ø350 мм, глубина посадки 320 мм, монтажное отверстие Ø309 мм, вес 7,5 кг. Монтаж в подвесной потолок. Материал ABS-пластик и колпачок из огнеупорной стали, керамический клеммник.</t>
   </si>
   <si>
-    <t>79 300</t>
+    <t>80 609</t>
   </si>
   <si>
     <t>GAT-501</t>
   </si>
   <si>
     <t>Широкополосный, двойной конический динамик 5”, подключение в трансляционные линии 100В, мощность 3-6 Вт (пик 10 Вт). Рабочие частоты 140 - 15 000 Гц, чувствительность 90 дБ. Габаритные размеры: внешний Ø175 мм, глубина посадки 60 мм, монтажное отверстие Ø150 мм, вес 500 г. Монтаж в подвесной потолок, на пружинные зажимы. Материал ABS-пластик.</t>
   </si>
   <si>
-    <t>3 992</t>
+    <t>4 058</t>
   </si>
   <si>
     <t>GAT-566</t>
   </si>
   <si>
     <t>Широкополосный, двойной конический динамик 5”, подключение в трансляционные линии 70/100В, мощность 1,5-6 Вт (пик 10 Вт). Рабочие частоты 110 - 15 000 Гц, чувствительность 90 дБ, дисперсия 130º. Габаритные размеры: внешний Ø200 мм, глубина посадки 57 мм, монтажное отверстие Ø170 мм, вес 700 г. Монтаж в подвесной потолок, на пружинные зажимы. Материал сталь.</t>
   </si>
   <si>
-    <t>5 233</t>
+    <t>5 320</t>
   </si>
   <si>
     <t>GAT-601</t>
   </si>
   <si>
     <t>Широкополосный, двойной конический динамик 6,5”, подключение в трансляционные линии 100В, мощность 3-6 Вт (пик 10 Вт). Рабочие частоты 140 - 20 000 Гц, чувствительность 92 дБ. Габаритные размеры: внешний Ø188 мм, глубина посадки 80 мм, монтажное отверстие Ø168 мм, вес 600 г. Монтаж в подвесной потолок, на пружинные зажимы. Материал ABS-пластик.</t>
   </si>
   <si>
-    <t>4 346</t>
+    <t>4 418</t>
   </si>
   <si>
     <t>GAT-801</t>
   </si>
   <si>
     <t>Широкополосный, двойной конический динамик 8”, подключение в трансляционные линии 100В, мощность 5-10 Вт (пик 20 Вт). Рабочие частоты 75 - 16 000 Гц, чувствительность 93 дБ. Габаритные размеры: внешний Ø228 мм, глубина посадки 90 мм, монтажное отверстие Ø205 мм, вес 800 г. Монтаж в подвесной потолок, на пружинные зажимы. Материал ABS-пластик.</t>
   </si>
   <si>
-    <t>6 653</t>
+    <t>6 763</t>
   </si>
   <si>
     <t>GAT-96S</t>
   </si>
   <si>
     <t>Широкополосный, двойной конический динамик 6,5”, подключение в трансляционные линии 100В, мощность 0,25-6 Вт (пик 10 Вт). Рабочие частоты 110 - 20 000 Гц, чувствительность 93 дБ, дисперсия 130º. Габаритные размеры: Ø203 мм, глубина 90 мм, вес 900 г. Монтаж на потолок, накладной. Материал ABS-пластик.</t>
   </si>
   <si>
-    <t>13 039</t>
+    <t>13 255</t>
   </si>
   <si>
     <t>SKY-6T</t>
   </si>
   <si>
     <t>Широкополосный, двойной конический динамик 6” из полипропилена, подключение в трансляционные линии 100В, мощность 5-15 Вт (пик 20 Вт). Рабочие частоты 55 - 18 000 Гц (-10 дБ), чувствительность 88 дБ, max SPL 100 дБ. Габаритные размеры: внешний Ø249 мм, глубина посадки 85 мм, монтажное отверстие Ø219 мм, вес 950 г. Монтаж в потолок, в том числе во влажных помещениях, IP44. Материал ABS-пластик устойчивый к UV.</t>
   </si>
   <si>
-    <t>9 846</t>
+    <t>10 009</t>
   </si>
   <si>
     <t>GAT-251</t>
   </si>
   <si>
     <t>Широкополосный, Hi-Fi динамик 3”, подключение в трансляционные линии 100В, мощность 2-6 Вт (пик 10 Вт). Рабочие частоты 150 - 20 000 Гц, чувствительность 87 дБ, дисперсия 120° / 90° (1 / 4 кГц). Квадратный, габаритные размеры: 103.5x103.5x85 мм, монтажное отверстие Ø85 мм (сопоставим с размерами точечного галогенного светильника), вес 600 г. Монтаж в подвесной потолок, на пружинные зажимы. Материал сталь.</t>
   </si>
   <si>
-    <t>5 677</t>
+    <t>5 771</t>
   </si>
   <si>
     <t>GAT-256</t>
   </si>
   <si>
     <t>Широкополосный, Hi-Fi динамик 2,5”, подключение в трансляционные линии 100В, мощность 1,5-6 Вт (пик 10 Вт). Рабочие частоты 190 - 20 000 Гц, чувствительность 87 дБ, дисперсия 130°. Габаритные размеры: внешний Ø 100 мм, глубина посадки 80 мм, монтажное отверстие Ø92 мм (сопоставим с размерами точечного галогенного светильника), вес 600 г. Монтаж в подвесной потолок, на пружинные зажимы. Материал ABS-пластик.</t>
   </si>
   <si>
-    <t>7 806</t>
+    <t>7 935</t>
   </si>
   <si>
     <t>GAT-662</t>
   </si>
   <si>
     <t>Двухполосный, коаксиальный динамик 6,5”, подключение в трансляционные линии 100В, мощность 1,25-10 Вт (пик 25 Вт). Рабочие частоты 40 - 20 000 Гц, чувствительность 88 дБ, дисперсия 130°. Габаритные размеры: внешний Ø228 мм, глубина посадки 75 мм, монтажное отверстие Ø194 мм, вес 1,35 кг. Монтаж в подвесной потолок, на пружинные зажимы. Материал ABS-пластик.</t>
   </si>
   <si>
-    <t>15 346</t>
+    <t>15 599</t>
   </si>
   <si>
     <t>1.1.3</t>
   </si>
   <si>
     <t>Звуковые прожекторы</t>
   </si>
   <si>
     <t>AQUA-12TG</t>
   </si>
   <si>
     <t>Двухполосный звуковой прожектор, 2 динамика: НЧ вуфер 12” и ВЧ компрессионный мотор 1.75", подключение в низкоомные линии 8 Ом или в трансляционные 70/100В, мощность 37,5-300 Вт (пик 500 Вт). Высокая чёткость и чистота звука. Рабочие частоты 50 - 20 000 Гц, чувствительность 99 дБ, макс.SPL 124 дБ, дисперсия 90º H x 80º V, двухполосный кроссовер (частота 2кГц). Габаритные размеры 427x419x397 мм, вес 18,7 кг. Монтаж настенный на регулируемый поворотный кронштейн (в комплекте). Корпус выполнен из ABS-пластика устойчивого к ультрафиолету. Всепогодное исполнение, IP66. Цвет серый.</t>
   </si>
   <si>
-    <t>153 722</t>
+    <t>156 259</t>
   </si>
   <si>
     <t>AQUA-8TG</t>
   </si>
   <si>
     <t>Двухполосный звуковой прожектор, 2 динамика: НЧ вуфер 8” и ВЧ компрессионный мотор 1", подключение в низкоомные линии 8 Ом или в трансляционные 70/100В, мощность 37,5-200 Вт (пик 250 Вт). Высокая чёткость и чистота звука. Рабочие частоты 70 - 20 000 Гц, чувствительность 96 дБ, макс.SPL 119 дБ, дисперсия 80º H x 50º V, двухполосный кроссовер (частота 3кГц). Габаритные размеры 319x308x350 мм, вес 11,1 кг. Монтаж настенный на регулируемый поворотный кронштейн (в комплекте). Корпус выполнен из ABS-пластика устойчивого к ультрафиолету. Всепогодное исполнение, IP66. Цвет серый.</t>
   </si>
   <si>
-    <t>87 638</t>
+    <t>89 085</t>
   </si>
   <si>
     <t>PF-21T</t>
   </si>
   <si>
     <t>Двусторонний широкополосный цилиндрический звуковой прожектор, Hi Fi динамики 2х 6.5”, подключение в трансляционные линии 50/70/100В, мощность 5-20 Вт. Высокая дальность и низкое рассеивание звука. Рабочие частоты 100 - 20 000 Гц, чувствительность 94 дБ, дисперсия в обе стороны от прожектора с углом 150º. Габаритные размеры Ø180 мм x 251 мм глубина, вес 2,9 кг. Монтаж подвесной на регулируемый поворотный кронштейн (в комплекте). Корпус выполнен из ABS-пластика и загерметизирован. Влагостойкий, IP44, может применяться на улице.</t>
   </si>
   <si>
-    <t>18 716</t>
+    <t>19 025</t>
   </si>
   <si>
     <t>PF-25TD</t>
   </si>
   <si>
     <t>Двусторонний широкополосный цилиндрический звуковой прожектор, динамики с двойным конусом 2х 5”, подключение в трансляционные линии 70/100В, мощность RMS 1.25-10 Вт (пик 20 Вт). Высокая дальность и низкое рассеивание звука. Рабочие частоты 130 - 15 000 Гц, чувствительность 91 дБ, дисперсия зависит от частоты. Габаритные размеры Ø138 мм x 200 мм глубина, вес 1,7 кг. Монтаж подвесной на регулируемый поворотный кронштейн (в комплекте). Корпус выполнен из ABS-пластика и загерметизирован. Влагостойкий, IP-55, может применяться на улице.</t>
   </si>
   <si>
-    <t>14 725</t>
+    <t>14 968</t>
   </si>
   <si>
     <t>PF-54TD-EN</t>
   </si>
   <si>
     <t>Двусторонний широкополосный цилиндрический звуковой прожектор, динамики с двойным конусом 2х 5”, подключение в трансляционные линии 70/100В, мощность RMS 2.5-20 Вт (пик 30 Вт). Высокая дальность и низкое рассеивание звука. Рабочие частоты 130 - 20 000 Гц, чувствительность 80 дБ, макс. SPL 101 дБ, дисперсия зависит от частоты. Габаритные размеры Ø136 мм x 186 мм глубина, вес 3,2 кг. Монтаж настенный или потолочный, на жёсткий кронштейн (в комплекте). Корпус выполнен из алюминия, керамический клеммник. IP-66, может применяться на улице. Сертифицирован по противопожарным стандартам EN 54-24.</t>
   </si>
   <si>
-    <t>40 626</t>
+    <t>41 296</t>
   </si>
   <si>
     <t>PF-19T</t>
   </si>
   <si>
     <t>Широкополосный звуковой прожектор, 1 Hi Fi динамик 6.5”, подключение в трансляционные линии 50/70/100В, мощность 5-20 Вт. Высокая дальность и низкое рассеивание звука. Рабочие частоты 100 - 20 000 Гц, чувствительность 94 дБ, дисперсия 150º. Габаритные размеры Ø180 мм x 251 мм глубина, вес 2,1 кг. Монтаж подвесной на регулируемый поворотный кронштейн (в комплекте). Корпус выполнен из ABS-пластика и загерметизирован. Влагостойкий, IP44, может применяться на улице.</t>
   </si>
   <si>
-    <t>17 297</t>
+    <t>17 583</t>
   </si>
   <si>
     <t>PF-24T</t>
   </si>
   <si>
     <t>Широкополосный звуковой прожектор, динамик 5” с двойным конусом и лакированной плитой, подключение в трансляционные линии 70/100В, мощность RMS 2,5-10 Вт (пик 15 Вт). Высокая дальность и низкое рассеивание звука. Рабочие частоты 150 - 15 000 Гц, чувствительность 89 дБ, макс. SPL 99 дБ, дисперсия 130º (1 кГц). Габаритные размеры Ø138 мм x 205 мм глубина, вес 1,6 кг. Монтаж подвесной на регулируемый поворотный кронштейн (в комплекте). Корпус выполнен из ABS-пластика и загерметизирован. Влагостойкий, IP55, может применяться на улице.</t>
   </si>
   <si>
-    <t>11 709</t>
+    <t>11 902</t>
   </si>
   <si>
     <t>PF-31T-EN</t>
   </si>
   <si>
     <t>Двухполосный рупорный звуковой прожектор. 2 динамика: НЧ вуфер 5" + ВЧ твитер 2.5", подключение в трансляционные линии 100В, мощность RMS 3.75-30 Вт (пик 50 Вт). Высокая дальность и низкое рассеивание звука. Рабочие частоты 120 - 20 000 Гц, чувствительность 96 дБ, макс. SPL 111 дБ, дисперсия зависит от частоты. Габаритные размеры 315x215x355 мм, вес 5 кг. Монтаж подвесной на регулируемый поворотный кронштейн (в комплекте). Корпус выполнен из ABS UL94VO и загерметизирован, керамический клеммник. Влагостойкий, IP-66, может применяться на улице. Сертифицирован по противопожарным стандартам EN 54-24.</t>
   </si>
   <si>
-    <t>40 537</t>
+    <t>41 206</t>
   </si>
   <si>
     <t>PF-35T</t>
   </si>
   <si>
     <t>Двухполосный рупорный звуковой прожектор. 2 динамика: НЧ вуфер 6" + ВЧ твитер 1", подключение в трансляционные линии 100В, мощность RMS 15-50 Вт (пик 80 Вт). Высокая дальность и низкое рассеивание звука. Рабочие частоты 90 - 20 000 Гц, чувствительность 99 дБ, дисперсия 90º H x 80º V. Габаритные размеры 356x256x292 мм, вес 3,5 кг. Монтаж подвесной на регулируемый поворотный кронштейн (в комплекте). Корпус выполнен из ABS-пластика и загерметизирован. Влагостойкий, IP66, может применяться на улице.</t>
   </si>
   <si>
-    <t>40 005</t>
+    <t>40 665</t>
   </si>
   <si>
     <t>PF-53T-EN</t>
   </si>
   <si>
     <t>Широкополосный цилиндрический звуковой прожектор. 1 Hi Fi динамик 5" двойной конус, подключение в трансляционные линии 100В, мощность RMS 5-20 Вт (пик 30 Вт). Высокая дальность и низкое рассеивание звука. Рабочие частоты 130 - 20 000 Гц, чувствительность 91 дБ, макс. SPL 103 дБ, покрытие зависит от частоты: на 500 Гц всенаправленная дисперсия. Габаритные размеры Ø146мм x 207 мм глубина, вес 2.5 кг. Монтаж подвесной на регулируемый поворотный кронштейн (в комплекте). Корпус выполнен из стали, керамический клеммник. IP-66, может применяться на улице. Сертифицирован по противопожарным стандартам EN 54-24.</t>
   </si>
   <si>
-    <t>37 078</t>
+    <t>37 690</t>
   </si>
   <si>
     <t>1.1.4</t>
   </si>
   <si>
     <t>Звуковые колонны</t>
   </si>
   <si>
     <t>FCS-10101D</t>
   </si>
   <si>
     <t>Тонкая, изящная колонна в стильном корпусе из анодированного алюминия, обеспечивает высокое качество звука. Динамики: 10х 4”, рабочие частоты 80 - 18 000 Гц, SPL 90 дБ (дальность 30 м), углы раскрытия 120° H x 50° V. Многоканальный усилитель класса D, мощность 10х 10 Вт. Встроенный DSP: регулировка тембра, 14-параметрический эквалайзер, наклон звукового луча (±45º), регулировка вертикального угла (5 - 99% от 20 м). Настройка чувствительности на входах и возможность отключения звука (Mute). Входы: 1х XLR и винтовые клеммы (линия 100В); выход 1х XLR. Габаритные размеры 1460x1365x1330 мм, вес 15.6 кг. Монтаж настенный. Питание AC 220В.</t>
   </si>
   <si>
-    <t>557 675</t>
+    <t>566 879</t>
   </si>
   <si>
     <t>FCS-16</t>
   </si>
   <si>
     <t>Тонкая, изящная колонна в стильном корпусе из анодированного алюминия, обеспечивает высокое качество звука. Динамики: 6х 2” (влагостойкие), подключение в низкоомные линии 8 Ом или в трансляционные 100В, мощность 2,5-15 Вт. Рабочие частоты 152 - 20 000 Гц, чувствительность 88 дБ, углы раскрытия 130° H x 55° V. Габаритные размеры 70x467x90 мм, вес 2,2 кг. Коннекторы винтовые клеммы. Монтаж настенный.</t>
   </si>
   <si>
-    <t>55 351</t>
+    <t>56 264</t>
   </si>
   <si>
     <t>FCS-21</t>
   </si>
   <si>
     <t>Тонкая, изящная колонна в стильном корпусе из анодированного алюминия, обеспечивает высокое качество звука. Динамики: 12х 2” (влагостойкие), подключение в низкоомные линии 8 Ом или в трансляционные 100В, мощность 5-20 Вт. Рабочие частоты 152 - 20 000 Гц, чувствительность 89 дБ, углы раскрытия 140° H x 30° V. Габаритные размеры 70x836x90 мм, вес 3,5 кг. Коннекторы винтовые клеммы. Монтаж настенный.</t>
   </si>
   <si>
-    <t>71 317</t>
+    <t>72 494</t>
   </si>
   <si>
     <t>FCS-RC01</t>
   </si>
   <si>
     <t>Блок дистанционного управления и настройки активных цифровых звуковых колонн FCS-10101D и FCS-10151D. Состоит из пульта с экраном и зарядной станции.</t>
   </si>
   <si>
-    <t>47 633</t>
+    <t>48 420</t>
   </si>
   <si>
     <t>1.1.5</t>
   </si>
   <si>
     <t>Рупорные громкоговорители</t>
   </si>
   <si>
     <t>VULKAN-30</t>
   </si>
   <si>
     <t>Широкополосный рупорный громкоговоритель, высокая эффективность на большой площади. 1х компрессионный драйвер. Подключение в низкоомные линии 8 Ом, мощность 30 Вт. Рабочие частоты 400 - 6 000 Гц (речевые/сирена), чувствительность 105 дБ, макс. SPL 118 дБ, дисперсия зависит от частоты. Габаритные размеры 285x205x285 мм, вес 1.7 кг. Монтаж подвесной на регулируемый поворотный кронштейн (в комплекте). Прямоугольная форма, корпус выполнен из ABS-пластика, IP-66, для уличного применения.</t>
   </si>
   <si>
-    <t>10 999</t>
+    <t>11 181</t>
   </si>
   <si>
     <t>FE-1110</t>
   </si>
   <si>
     <t>Широкополосный рупорный громкоговоритель, большая площадь озвучивания. Подключение в низкоомные линии 8 Ом, мощность 15 Вт. Рабочие частоты 280 - 12 500 Гц (речевые/сирена), чувствительность 105 дБ, дисперсия 145°H x 95°V. Габаритные размеры 220x160x230 мм, вес 1.1 кг. Монтаж подвесной на регулируемый поворотный кронштейн (в комплекте). Корпус выполнен из ударопрочного ABS-пластика, IP-66, для уличного применения.</t>
   </si>
   <si>
-    <t>10 467</t>
+    <t>10 640</t>
   </si>
   <si>
     <t>FE-149</t>
   </si>
   <si>
     <t>Широкополосный рупорный громкоговоритель, большая площадь озвучивания. Подключение в низкоомные линии 8 Ом, мощность 40 Вт. Рабочие частоты 250 - 7 500 Гц (речевые/сирена), чувствительность 106 дБ, дисперсия 130°H x 90°V. Габаритные размеры 350x230x335 мм, вес 2.1 кг. Монтаж подвесной на регулируемый поворотный кронштейн (в комплекте). Корпус выполнен из алюминия, IP-66, для уличного применения.</t>
   </si>
   <si>
-    <t>13 749</t>
+    <t>13 976</t>
   </si>
   <si>
     <t>FE-1150T</t>
   </si>
   <si>
     <t>Широкополосный рупорный громкоговоритель, большая площадь озвучивания. Подключение в трансляционный линии 100В, мощность 1-15 Вт. Рабочие частоты 280 - 12 500 Гц (речевые/сирена), чувствительность 105 дБ, дисперсия 145°H x 95°V. Габаритные размеры 220x160x230 мм, вес 1.3 кг. Монтаж подвесной на регулируемый поворотный кронштейн (в комплекте). Корпус выполнен из ударопрочного ABS-пластика, IP-66, для уличного применения.</t>
   </si>
   <si>
-    <t>12 951</t>
+    <t>13 164</t>
   </si>
   <si>
     <t>FE-2010T-EN</t>
   </si>
   <si>
     <t>Широкополосный рупорный громкоговоритель, большая площадь озвучивания. Подключение в трансляционный линии 100В, мощность 3.75-30 Вт. Рабочие частоты 340 - 9000 Гц (речевые/сирена), чувствительность 104 дБ, макс. SPL 117 дБ, дисперсия зависит от частоты. Габаритные размеры Ø212 мм x 280 мм глубина, вес 2.1 кг. Монтаж подвесной на регулируемый поворотный кронштейн (в комплекте). Круглая форма. Корпус выполнен из пластика ABS UL94VO, керамические клеммы. IP-66, может применяться на улице. Сертифицирован по противопожарным стандартам EN 54-24.</t>
   </si>
   <si>
     <t>1.1.6</t>
   </si>
   <si>
     <t>Подвесная акустика</t>
   </si>
   <si>
     <t>EF-333</t>
   </si>
   <si>
     <t>Двухполосный коаксиальный громкоговоритель, чёткое чистое звучание без ревербераций и эха. 2 динамика: НЧ вуфер 5” и ВЧ твитер 0.5", подключение в низкоомные линии 8 Ом или в трансляционные 70/100В, мощность 5-30 Вт.  Рабочие частоты 70 - 20 000 Гц, чувствительность 91 дБ, равномерная дисперсия 90º. Габаритные размеры Ø187 мм x 245 мм, вес 2,1 кг, длина кабеля 4м. Монтаж к потолку, кронштейн в комплекте. Корпус выполнен из сверхпрочного ABS-пластика. Для помещений с высокими потолками. IP-54.</t>
   </si>
   <si>
-    <t>28 296</t>
+    <t>28 763</t>
   </si>
   <si>
     <t>1.1.7</t>
   </si>
   <si>
     <t>Ландшафтная акустика</t>
   </si>
   <si>
     <t>LAND-30TS</t>
   </si>
   <si>
     <t>Двухполосная садово/парковая АС. 2 динамика: НЧ вуфер 6" + ВЧ твитер 0.75". Подключение в трансляционный линии 70/100В, мощность 7.5-30 Вт. Рабочие частоты 95 - 20 000 Гц, чувствительность 82 дБ, макс. SPL 96 дБ, дисперсия 360°H. Габаритные размеры Ø265 мм x 330 мм высота, вес 5.65 кг, кабельный вывод длиной 30 см. Корпус выполнен из ударопрочного и антикоррозийного стекловолокна, IP-66, для уличного применения. Цвет зелёный.</t>
   </si>
   <si>
-    <t>35 392</t>
+    <t>35 977</t>
   </si>
   <si>
     <t>1.2</t>
   </si>
   <si>
     <t>Акустические комплекты</t>
   </si>
   <si>
     <t>1.2.1</t>
   </si>
   <si>
     <t>Навесные комплекты</t>
   </si>
   <si>
     <t>KS-WALL-4</t>
   </si>
   <si>
     <t>Универсальный звуковой комплект, включающий 4 потолочных громкоговорителя 4 х 6” 15 Вт (8 Ом) и настенный стерео усилитель мощности.</t>
   </si>
   <si>
-    <t>41 336</t>
+    <t>42 018</t>
   </si>
   <si>
     <t>1.2.2</t>
   </si>
   <si>
     <t>Потолочные комплекты</t>
   </si>
   <si>
     <t>KS-08WIFI</t>
   </si>
   <si>
     <t>Активная + пассивная акустические системы. Каждая из АС двухполосная, 2 коаксиальных динамика: НЧ вуфер 12” и ВЧ твитер 1". Двухканальный усилитель класса D, мощность 2х 25 Вт. Рабочие частоты 80 - 20 000 Гц. Встроенный медиаплеер позволяет воспроизводить файлы с устройств подключенных через модуль Bluetooth / по Wi Fi, управление через приложение WiiM или пультом ДУ. Есть функция Multiroom. Аудиовход 1х AUX (Jack 3.5 мм стерео). Аудиовыход 8 Ом на пассивную АС, сетевой коннектор RJ-45. Габаритные размеры Ø230x160 мм, монтажное отверстие Ø203 мм, вес 4 кг. Магнитная, бескаркасная, низкопрофильная решетка. Питание DC 24В, сетевой адаптер в комплекте.</t>
   </si>
   <si>
-    <t>54 286</t>
+    <t>55 182</t>
   </si>
   <si>
     <t>1.3</t>
   </si>
   <si>
     <t>Усилители мощности</t>
   </si>
   <si>
     <t>1.3.1</t>
   </si>
   <si>
     <t>Стерео-усилители</t>
   </si>
   <si>
     <t>WA-2150</t>
   </si>
   <si>
     <t>Компактный усилитель класса D, работает с акустикой 4-8 Ом, мощность RMS 2х 15 Вт. Рабочие частоты 20 - 20 000 Гц. Входы: 1х микрофонный (6.3 мм моно Jack) и 1х AUX (линейный, 3.5 мм стерео Jack). Выходы: на акустику 4 Ω (Euroblock) и 1х RJ-45 для удаленного контроля громкости через аттенюатор. Общий регулятор громкости и переключатель работающего входа (микр/лин). Металлический корпус, габаритные размеры 113x31x98 мм, вес 340 г. Монтаж настенный, питание AC 220В.</t>
   </si>
   <si>
-    <t>23 329</t>
+    <t>23 714</t>
   </si>
   <si>
     <t>1.3.2</t>
   </si>
   <si>
     <t>Моно-усилители</t>
   </si>
   <si>
     <t>MA-600Z</t>
   </si>
   <si>
     <t>Микшер-усилитель поддерживает 4 зоны вещания, работает с акустикой 70/100В и 4/8 Ом, мощность 600 Вт (4 зоны, 600 Вт - максимальная нагрузка на 1 зону). Рабочие частоты 30 - 20 000 Гц. Встроенный медиаплеер для воспроизведения MP3 с USB, SD-card и через Bluetooth, или радио от FM-тюнера. Входные каналы: №1, №2 и №3 комбо микр/лин (XLR/Jack 6.3mm); 1х AUX (1x 2RCA); 1х тревожный (Mute). Вход №1 и тревожный являются приоритетными. Комбинированным входам соответствуют переключатели (микр/лин), фантомное питание +48В и настройка громкости. Аудиовыходы: линейный 1x 2RCA и винтовые клеммы на акустику 70/100В и 4/8Ом или зональные 4х 100В. Для каждой зоны свой регулятор громкости, эквалайзеры НЧ и ВЧ, кнопки управления плеером. Есть ЖК-дисплей и генератор сигнала "Сирена". Защита от перегрева, КЗ, перегрузки по току и напряжению. Светодиодная индикация. Питание от сети AC 220В. Габаритные размеры 420x100x380 мм (2U), масса 14 кг. Монтаж настольный или Rack, цвет черный.</t>
   </si>
   <si>
-    <t>205 347</t>
+    <t>208 736</t>
   </si>
   <si>
     <t>PROX-120Z</t>
   </si>
   <si>
     <t>Трёхзонный микшер-усилитель, 4 входных канала, работает с акустикой 100В и 4 Ом, мощность (3 зоны с максимальной нагрузкой 120 Вт). Рабочие частоты 40 - 20 000 Гц. Встроенный медиаплеер для воспроизведения MP3 с USB и через Bluetooth, или радио от FM-тюнера. Входные каналы: №1 комбо микр/лин (XLR/Jack 6.3mm) + Euroblock; №2 и №3 комбо микр/лин Euroblock; 2х AUX (2x RCA + Euroblock); 1х тревожный (Euroblock 100В, приоритет) и 1х Mute. Комбинированным входам соответствуют переключатели (микр/лин), фантомное питание +48В, настройка уровня, громкости и приоритета. Аудиовыходы: линейный 2x RCA и винтовые клеммы на акустику 100В/4Ом или зональные 3х 100В. Для каждой зоны свой регулятор громкости, эквалайзеры НЧ и ВЧ, кнопки управления плеером. Защита от КЗ, постоянного тока, перегрузки по току. Светодиодная индикация. Питание от сети AC 220В. Монтаж настольный, цвет черный.</t>
   </si>
   <si>
-    <t>116 112</t>
+    <t>118 028</t>
   </si>
   <si>
     <t>PROX-240Z</t>
   </si>
   <si>
     <t>Четырёхзонный микшер-усилитель, 5 входных каналов, работает с акустикой 100В и 4 Ом, мощность 240 Вт (4 зоны с максимальной нагрузкой 120 Вт на зону). Рабочие частоты 40 - 20 000 Гц. Встроенный медиаплеер для воспроизведения MP3 с USB и через Bluetooth, или радио от FM-тюнера. Входные каналы: №1 комбо микр/лин (XLR/Jack 6.3mm) + Euroblock; №2, №3 и №4 комбо микр/лин Euroblock; 2х AUX (2x RCA + Euroblock); 1х тревожный (Euroblock 100В, приоритет) и 1х Mute. Комбинированным входам соответствуют переключатели (микр/лин), фантомное питание +48В, настройка уровня, громкости и приоритета. Аудиовыходы: линейный 2x RCA и винтовые клеммы на акустику 100В/4Ом или зональные 4х 100В. Для каждой зоны свой регулятор громкости, эквалайзеры НЧ и ВЧ, кнопки управления плеером. Защита от КЗ, постоянного тока, перегрузки по току. Светодиодная индикация. Питание от сети AC 220В. Монтаж настольный, цвет черный.</t>
   </si>
   <si>
-    <t>123 386</t>
+    <t>125 422</t>
   </si>
   <si>
     <t>PROX-60Z</t>
   </si>
   <si>
     <t>Двухзонный микшер-усилитель, 3 входных канала, работает с акустикой 100В и 4 Ом, мощность 60 Вт, 2 зоны. Рабочие частоты 60 - 20 000 Гц. Встроенный медиаплеер для воспроизведения MP3 с USB и через Bluetooth, или радио от FM-тюнера. Входные каналы: №1 комбо микр/лин (XLR/Jack 6.3mm) + Euroblock; №2 комбо микр/лин Euroblock; 2х AUX (2x RCA + Euroblock); 1х тревожный (Euroblock 100В, приоритет) и 1х Mute. Комбинированным входам соответствуют переключатели (микр/лин), фантомное питание +48В, настройка уровня, громкости и приоритета. Аудиовыходы: линейный 2x RCA и винтовые клеммы на акустику 100В/4Ом или зональные 2х 100В. Для каждой зоны свой регулятор громкости, эквалайзеры НЧ и ВЧ, кнопки управления плеером. Защита от КЗ, постоянного тока, перегрузки по току. Светодиодная индикация. Питание от сети AC 220В. Монтаж настольный, цвет черный.</t>
   </si>
   <si>
-    <t>77 438</t>
+    <t>78 716</t>
   </si>
   <si>
     <t>MAX-360Z</t>
   </si>
   <si>
     <t>Пятизонный микшер-усилитель класса D. 5 входных каналов, работает с акустикой 70/100В и 4 Ом, мощность 360 Вт (5 зон, 240 Вт - максимальная нагрузка на одну зону), рабочие частоты 45 - 22 000 Гц. Встроенный медиаплеер для воспроизведения MP3 с USB или радио от FM-тюнера. Входные каналы: №1 комбо микр/лин (XLR/Jack 6.3mm) + Euroblock, приоритетный; №2, №3, №4 и №5 комбо микр/лин Euroblock. 3 входа AUX (2x RCA), 1х RCA на усилитель, 1х тревожный (Euroblock 100В, приоритет) и 1х Mute. Комбинированным входам соответствуют переключатели (микр/лин), фантомное питание +48В, настройка уровня и громкости. Аудиовыходы: для записи 2x RCA, для предусилителя RCA и винтовые клеммы на акустику 70/100В/4Ом или зональные 5х 100В. Для каждой зоны свой регулятор громкости, единый эквалайзеры НЧ и ВЧ, кнопки управления плеером. Генератор сигнала "Гонг". Защита от КЗ, перегрузки по току и напряжению, перегрева. Светодиодная индикация. Питание от сети AC 220В. Монтаж настольный, цвет черный.</t>
   </si>
   <si>
-    <t>198 694</t>
+    <t>201 974</t>
   </si>
   <si>
     <t>PROX-15SP</t>
   </si>
   <si>
     <t>Комплект Rack-креплений для установки усилителей PROX-15 в шкаф/бокс 19".</t>
   </si>
   <si>
-    <t>3 016</t>
+    <t>3 066</t>
   </si>
   <si>
     <t>MAZ-6600RU</t>
   </si>
   <si>
     <t>Матричный микшер-усилитель: 5 входных каналов с трансляцией на 6 зон вещания. Работает с акустикой 70/100В и 8 Ом, мощность 6х 100 Вт, рабочие частоты 80 - 18 000 Гц. Встроенный медиаплеер для воспроизведения MP3 с USB, SD-card или радио от цифрового FM-тюнера. Аудиовходы: 1х микр. небалансный (6.3 мм Jack), 2х микр/лин. балансные (XLR и 6.3 мм Jack) с переключателем, 1х стерео AUX (2 x RCA) и 1х стерео AUX (3.5 мм Jack). Приоритетность переключается между входами 1 и 2. Фантомное питание для микрофонов. Аудиовыходы: 1х стерео-монитор (6.3 мм Jack) и винтовые клеммы для акустики 6х 70В и 100В и 8 Ом. На лицевой панели ЖК-дисплей, кнопки управления плеером, все регуляторы громкости. эквалайзеры (НЧ + ВЧ), кнопки распределения вещания по зонам. Светодиодная индикация, ИК-порт и пульт ДУ. Питание от сети AC 220В. Габаритные размеры 420x133x376 мм (3U), вес 17.5 кг. Монтаж настольный или Rack, цвет черный.</t>
   </si>
   <si>
-    <t>281 099</t>
+    <t>285 739</t>
   </si>
   <si>
     <t>PROX-120S</t>
   </si>
   <si>
     <t>Микшер-усилитель мощности на 3 входных канала, работает с акустикой 100В и 4 Ом, мощность 120 Вт. Рабочие частоты 40 - 20 000 Гц. Входные каналы: №1 комбо микр/лин (XLR/Jack 6.3mm) + Euroblock; №2 и №3 - комбо микр/лин Euroblock; 2х AUX (2x RCA + Euroblock); 1х тревожный (Euroblock 100В, приоритет). Комбинированным входам соответствуют переключатели (микр/лин), фантомное питание +48В, настройка уровня, громкости и приоритета. Аудиовыходы: линейный 2x RCA и винтовые клеммы на акустику. Эквалайзер НЧ и ВЧ, общая громкость и громкость с линейных входов. Защита от КЗ, постоянного тока, перегрузки по току. Светодиодная индикация. Питание от сети AC 220В. Монтаж настольный, цвет черный.</t>
   </si>
   <si>
-    <t>102 895</t>
+    <t>104 594</t>
   </si>
   <si>
     <t>PROX-240S</t>
   </si>
   <si>
     <t>Микшер-усилитель мощности на 4 входных канала, работает с акустикой 100В и 4 Ом, мощность 240 Вт. Рабочие частоты 40 - 20 000 Гц. Входные каналы: №1 комбо микр/лин (XLR/Jack 6.3mm) + Euroblock; №2, №3 и №4 - комбо микр/лин Euroblock; 2х AUX (2x RCA + Euroblock); 1х тревожный (Euroblock 100В, приоритет). Комбинированным входам соответствуют переключатели (микр/лин), фантомное питание +48В, настройка уровня, громкости и приоритета. Аудиовыходы: линейный 2x RCA и винтовые клеммы на акустику. Эквалайзер НЧ и ВЧ, общая громкость и громкость с линейных входов. Защита от КЗ, постоянного тока, перегрузки по току. Светодиодная индикация. Питание от сети AC 220В. Монтаж настольный, цвет черный.</t>
   </si>
   <si>
-    <t>108 572</t>
+    <t>110 364</t>
   </si>
   <si>
     <t>PROX-60S</t>
   </si>
   <si>
     <t>Микшер-усилитель мощности на 2 входных канала, работает с акустикой 100В и 4 Ом, мощность 60 Вт. Рабочие частоты 60 - 20 000 Гц. Входные каналы: №1 комбо микр/лин (XLR/Jack 6.3mm) + Euroblock; №2 комбо микр/лин Euroblock; 2х AUX (2x RCA + Euroblock); 1х тревожный (Euroblock 100В, приоритет). Комбинированным входам соответствуют переключатели (микр/лин), фантомное питание +48В, настройка уровня, громкости и приоритета. Аудиовыходы: линейный 2x RCA и винтовые клеммы на акустику. Эквалайзер НЧ и ВЧ, общая громкость и громкость с линейных входов. Защита от КЗ, постоянного тока, перегрузки по току. Светодиодная индикация. Питание от сети AC 220В. Монтаж настольный, цвет черный.</t>
   </si>
   <si>
-    <t>67 503</t>
+    <t>68 617</t>
   </si>
   <si>
     <t>MPA-124U</t>
   </si>
   <si>
     <t>Усилитель работает с акустикой 70/100В и 4 Ом, мощность RMS 120 Вт (пик 180 Вт). Рабочие частоты 50 - 16 000 Гц. Встроенный медиаплеер для воспроизведения MP3 с USB и SD-card. Входы: 4х микрофонные (XLR), 3х AUX (2RCA), 1х RJ-45. Каждому входу соответствует регулятор громкости и эквалайзер (НЧ+ВЧ), для микрофонных есть фантомное питание +48В, приоритетность настраивается. Выходы: 1х 2RCA (для записи) и Euroblock на акустику. Генератор сигнала "Гонг" разного звучания. ЖК-дисплей с кнопками управления плеером. Светодиодная индикация, ИК-порт и пульт ДУ. Питание от сети AC 220В. Габаритные размеры 483x89x340 мм (2U), масса 9.3 кг. Монтаж настольный или Rack, цвет черный.</t>
   </si>
   <si>
-    <t>154 343</t>
+    <t>156 890</t>
   </si>
   <si>
     <t>PROX-15</t>
   </si>
   <si>
     <t>Одноканальный усилитель мощности, работает с акустикой 100В и 4 Ом, мощность 15 Вт. Встроенный медиаплеер для воспроизведения MP3 с USB или радио от FM-тюнера, рабочие частоты 20 - 20 000 Гц. Аудиовходы: 1 комбинированный (микрофонный/линейный, есть переключатель), 1 линейный AUX (стерео), 1 тревожный (Euroblock 100В, приоритет). Аудиовыходы на акустику Euroblock. Регуляторы громкости для каждого входа и уровня для микрофонного входа, эквалайзер НЧ и ВЧ, кнопки управления плеером. Светодиодная индикация. Питание от сети AC 220В. Монтаж настольный, цвет черный.</t>
   </si>
   <si>
     <t>PROX-30</t>
   </si>
   <si>
     <t>Одноканальный усилитель мощности, работает с акустикой 100В и 4 Ом, мощность 30 Вт. Встроенный медиаплеер для воспроизведения MP3 с USB или радио от FM-тюнера, рабочие частоты 20 - 20 000 Гц. Аудиовходы: 2 комбинированных (микрофонный/линейный, есть переключатель), 2 линейных AUX (стерео), 1 тревожный (Euroblock 100В, приоритет). Аудиовыходы на акустику Euroblock. Регуляторы громкости для каждого входа и уровня для микрофонного входа, эквалайзер НЧ и ВЧ, кнопки управления плеером. Светодиодная индикация. Питание от сети AC 220В. Монтаж настольный, цвет черный.</t>
   </si>
   <si>
-    <t>51 182</t>
+    <t>52 026</t>
   </si>
   <si>
     <t>PROX-60</t>
   </si>
   <si>
     <t>Одноканальный усилитель мощности, работает с акустикой 100В и 4 Ом, мощность 60 Вт. Встроенный медиаплеер для воспроизведения MP3 с USB или радио от FM-тюнера, рабочие частоты 20 - 20 000 Гц. Аудиовходы: 2 комбинированных (микрофонный/линейный, есть переключатель), 2 линейных AUX (стерео), 1 тревожный (Euroblock 100В, приоритет). Аудиовыходы на акустику Euroblock. Регуляторы громкости для каждого входа и уровня для микрофонного входа, эквалайзер НЧ и ВЧ, кнопки управления плеером. Светодиодная индикация. Питание от сети AC 220В. Монтаж настольный, цвет черный.</t>
   </si>
   <si>
-    <t>56 947</t>
+    <t>57 887</t>
   </si>
   <si>
     <t>1.4</t>
   </si>
   <si>
     <t>Усилители высокой мощности</t>
   </si>
   <si>
     <t>1.4.1</t>
   </si>
   <si>
     <t>Одноканальные усилители</t>
   </si>
   <si>
     <t>FS-1240E</t>
   </si>
   <si>
     <t>Профессиональный усилитель высокой мощности, выходные линии на акустику 70/100В и 4/8Ом, мощность RMS 240 Вт (пик 300 Вт); рабочие частоты 50 - 22 000 Гц. Аудиовход 1х линейный (XLR/6.3 мм Jack); аудиовыходы: винтовые клеммы 70/100В и 4/8Ом на акустику и 1х линейный (XLR/6.3 мм Jack). Общая регулировка уровня громкости, 3-х полосный эквалайзер (НЧ, СЧ и ВЧ). Защита от КЗ, перегрева (куллеры с термостатом) и перегрузки. Светодиодная индикация. Питание от сети AC 220В. Монтаж настольный или Rack, цвет черный.</t>
   </si>
   <si>
-    <t>103 960</t>
+    <t>105 676</t>
   </si>
   <si>
     <t>FS-2601E</t>
   </si>
   <si>
     <t>Профессиональный усилитель высокой мощности, выходные линии на акустику 70/100В и 4/8Ом, мощность RMS 600 Вт (пик 700 Вт); рабочие частоты 50 - 22 000 Гц. Аудиовход 1х линейный (XLR/6.3 мм Jack); аудиовыходы: винтовые клеммы 70/100В и 4/8Ом на акустику и 1х линейный (XLR/6.3 мм Jack). Общая регулировка уровня громкости, 3-х полосный эквалайзер (НЧ, СЧ и ВЧ). Защита от КЗ, перегрева (куллеры с термостатом) и перегрузки. Светодиодная индикация. Питание от сети AC 220В. Монтаж настольный или Rack, цвет черный.</t>
   </si>
   <si>
-    <t>168 269</t>
+    <t>171 047</t>
   </si>
   <si>
     <t>1.4.2</t>
   </si>
   <si>
     <t>Многоканальные усилители</t>
   </si>
   <si>
     <t>FSD-4500E</t>
   </si>
   <si>
     <t>Профессиональный цифровой усилитель высокой мощности на 4 канала. Класс D, коэффициент усиления (Gain) 40 дБ, выходные линии на акустику 70/100В, мощность RMS 4х 400 Вт (пик 4х 1600) или 2х 480 Вт (пик 2х 1920); рабочие частоты 20 - 20 000 Гц, соотношение сигнал/шум &gt;95 дБ. Аудиовходы: 4х линейный (Euroblock), 1х тревожный (Euroblock, приоритетный). Аудиовыходы: 4х 70/100В на акустику (Euroblock) и 1х GPIO. Уровень громкости регулируется для каждого выходного канала. Защита от КЗ, перегрева (куллеры с термостатом), перегрузки и наводок. Поддерживает формат передачи данных Dante (нужен модуль расширения FSD-44D). Светодиодная индикация. Питание от сети AC 220В. Монтаж настольный или Rack, цвет черный.</t>
   </si>
   <si>
-    <t>273 205</t>
+    <t>277 714</t>
   </si>
   <si>
     <t>1.5</t>
   </si>
   <si>
     <t>Микшеры</t>
   </si>
   <si>
     <t>1.5.1</t>
   </si>
   <si>
     <t>Моно-микшеры</t>
   </si>
   <si>
     <t>MX-867RU</t>
   </si>
   <si>
     <t>Устройство для микширования подачи сигналов с 5-и входов на 4 выхода в зоны вещания. Встроенный медиаплеер для воспроизведения MP3 с USB, SD-card или радио от FM-тюнера, рабочие частоты 20 - 20 000 Гц. Входы: 1 микрофонный (6.3 мм Jack), 1 микрофонный (XLR / 6.3 мм Jack), 2 комбинированных с переключателем, микрофонно/линейных (XLR и 6.3 мм Jack) и 1 стерео AUX (2RCA). Выходы на 4 вещательные зоны представлены балансными XLR с возможностью подключения удаленного контроля громкости. Также есть выход 6.3 мм Jack, стерео-монитор. Каждой зоне соответствуют регуляторы громкости, фантомное питание для микрофонов +48В, кнопки для управления плеером и работой микшера. ЖК-дисплей. Габаритные размеры 483x44,5x200 мм (1U), вес 3 кг. Монтаж настольный или Rack. Питание 220В.</t>
   </si>
   <si>
-    <t>83 735</t>
+    <t>85 118</t>
   </si>
   <si>
     <t>MX-824</t>
   </si>
   <si>
     <t>Устройство для микширования сигналов с 12-и входов на 1 выход. Входы: 12 микрофонных, балансных, разъёмы XLR; выходы: 1 микрофонный, балансный XLR и 1 линейный, небалансный, разъёмы 2RCA. Фантомное питание для микрофонных входов (+48В), независимая и общая регулировка громкости, переключатель микр/лин на выходе. Габаритные размеры 483x44.5x225 мм (1U), вес 2,7 кг. Монтаж настольный или Rack. В комплекте XLR и RCA кабели. Питание 220В.</t>
   </si>
   <si>
-    <t>58 100</t>
+    <t>59 059</t>
   </si>
   <si>
     <t>MX-848</t>
   </si>
   <si>
     <t>Устройство для микширования сигналов с 12-и входов на 1 из выходов. Входы: 6 комбинированных, микрофонно/линейных, разъёмы XLR и 6.3 мм Jack; 3 стерео AUX (3х 2RCA). Выходы: 3 микрофонных (1 стерео XLR и 2 моно 6.3 мм Jack), 1 линейный 2RCA. Переключатели микр-лин. вход, регуляторы громкости, фантомное питание для микрофонных входов (+18В), у входа №1 приоритетность. Трехполосный эквалайзер (НЧ, СЧ и ВЧ). Габаритные размеры 483x44x220 мм (1U), вес 3 кг. Монтаж настольный или Rack. Питание 220В.</t>
   </si>
   <si>
-    <t>76 905</t>
+    <t>78 175</t>
   </si>
   <si>
     <t>MX-875-SR</t>
   </si>
   <si>
     <t>Устройство для микширования сигналов с 7-и каналов на 1 выход. Входы: 6 микрофонных, разъёмы - балансный XLR и небалансный 6.3 мм Jack, 1 линейный AUX моно 2RCA; выходы: 1 микрофонный, балансный XLR и 1 линейный, небалансный, разъём 2RCA. Выходы: 2 микрофонных мастер-стерео, балансные XLR и 1 небалансный, моно, разъём 2RCA. Регуляторы громкости, фантомное питание +48В. Встроенный модуль подавления обратной связи с кнопками активации для каждого входа. Габаритные размеры 483x44,5x225 мм (1U), вес 2,6 кг. Монтаж настольный или Rack. Питание 220В.</t>
   </si>
   <si>
-    <t>92 694</t>
+    <t>94 224</t>
   </si>
   <si>
     <t>CB-119</t>
   </si>
   <si>
     <t>Устройство для микширования сигналов с 4-х входов на 1 выход. Входы: 3 микрофонных, небалансных, разъёмы 6.3 мм Jack; 1 линейный. AUX, разъёмы 2x RCA. Выход: 1 микрофонный, небалансный, разъём 6.3 мм Jack. Громкость микрофонного выхода регулируется для подключения на 1 микрофонный вход. Габаритные размеры 145x31x76 мм, вес 200 г. Монтаж настенный.</t>
   </si>
   <si>
-    <t>7 717</t>
+    <t>7 845</t>
   </si>
   <si>
     <t>1.6</t>
   </si>
   <si>
     <t>Медиаплееры</t>
   </si>
   <si>
     <t>1.6.2</t>
   </si>
   <si>
     <t>Аудиоплееры</t>
   </si>
   <si>
     <t>MIXPLAY-1</t>
   </si>
   <si>
     <t>Bluetooth®/USB/FM плеер с функцией записи и микширования. Устройство сочетает в себе возможности записи музыки и микрофона, а также функции микширования.</t>
   </si>
   <si>
-    <t>32 718</t>
+    <t>33 258</t>
   </si>
   <si>
     <t>CD-2000UDJ</t>
   </si>
   <si>
     <t xml:space="preserve">Прибор для воспроизведения аудиофайлов с носителей CD / USB, включая портативные жесткие диски FAT32 / SD-card. Используется в системах звукофикации в качестве источника трансляции. Частотный диапазон 20 - 20 000 Гц. Выходы: 1х стерео (2RCA), 1х стерео, линейный, балансный 2х XLR. Скорость воспроизведения может регулироваться (питч) ±16%, доступна функция убирающая паузы между треками. Фронтальная загрузка дисков, кнопки управления, ЖК-дисплей, ИК-порт и пуль ДУ. Габаритные размеры 483x44x266 мм, вес 3.25 кг. Монтаж настольный или Rack. Питание 220В.
 </t>
   </si>
   <si>
-    <t>90 477</t>
+    <t>91 970</t>
   </si>
   <si>
     <t>1.6.3</t>
   </si>
   <si>
     <t>Мультимедийные плееры</t>
   </si>
   <si>
     <t>DVD-7900</t>
   </si>
   <si>
     <t>Прибор для воспроизведения аудио- или видеофайлов с носителей DVD / CD (аудио) / USB, включая портативные жесткие диски FAT32. Используется в различных системах в качестве источника трансляции. Видеовыходы: VGA (female D15), компонентное видео (Y, Pb, Pr, 3xRCA), композитное видео (RCA) и S-Video (DIN 4). Аудиовыходы: стерео (2RCA), 2 моно (RCA), коаксиальный цифровой (RCA). Функции автовоспроизведения и запоминания текущего файла. Фронтальная загрузка дисков, кнопки управления, ЖК-дисплей, ИК-порт и пуль ДУ. Габаритные размеры 482x44,5x250 мм, вес 2.4 кг. Монтаж настольный или Rack. Питание 220В.</t>
   </si>
   <si>
-    <t>45 859</t>
+    <t>46 616</t>
   </si>
   <si>
     <t>1.7</t>
   </si>
   <si>
     <t>Портативные системы</t>
   </si>
   <si>
     <t>1.7.2</t>
   </si>
   <si>
     <t>Усилители</t>
   </si>
   <si>
     <t>ALTA-VOZ-30</t>
   </si>
   <si>
     <t>Включает в себя функции: диктофона, MP3-плеера и цифрового FM-тюнера. Динамик 3" с неодимовым магнитом, мощность встроенного усилителя 10 Вт, частотный диапазон 120 - 12 000 Гц, запись 128 Kbps. Обеспечивает четкое звучание без искажений и напряжения голоса, отлично подходит для проведения лекций с одновременной записью. Слоты для USB и microSD. Входы: для электретного микрофона (в комплекте) и линейный стерео Jack 3.5 мм. Управление громкостью и записью сенсорными кнопками. Питание от Li-ion аккумулятора, емкость 2000 мА/ч, хватает на 9 часов автономной работы. Эргономичный дизайн со встроенным зажимом, поясным ремнем и сумкой для переноски. Габаритные размеры 90x116x32 мм, вес 200 г.</t>
   </si>
   <si>
-    <t>12 064</t>
+    <t>12 263</t>
   </si>
   <si>
     <t>1.7.3</t>
   </si>
   <si>
     <t>Мегафоны</t>
   </si>
   <si>
     <t>MF-114SU</t>
   </si>
   <si>
     <t>Портативный мегафон для усиления речевых сообщений в условиях высокого фонового шума и/или открытых пространств. Микрофон встроенный. Есть генератор сигнала "Сирена" и медиаплеер для воспроизведения MP3-файлов с USB или SD-card. Максимальная мощность 25 Вт, RMS 10 Вт. Эргономичная ручка, кнопка триггерного типа для активации. Питание от батареек 8х LR14-C или DC 12В. Габаритные размеры Ø230x370 мм, вес 900 г.</t>
   </si>
   <si>
     <t>MF-600SGU</t>
   </si>
   <si>
     <t>Портативный мегафон для усиления речевых сообщений в условиях высокого фонового шума и/или открытых пространств. Микрофон-тангента. Встроенный генератор сигнала "Сирена", диктофон для записи (до 15 сек) и медиаплеер для воспроизведения MP3-файлов с USB или SD-card. Максимальная мощность 25 Вт, RMS 10 Вт. Эргономичная ручка, кнопка триггерного типа для активации. Питание: от аккумулятора (литиевый, 1300 мАч), батареек 8х LR14-C или DC 12В. Габаритные размеры Ø230x340 мм, вес 1 кг.</t>
   </si>
   <si>
-    <t>19 781</t>
+    <t>20 107</t>
   </si>
   <si>
     <t>1.7.4</t>
   </si>
   <si>
     <t>Аксессуары портативных систем</t>
   </si>
   <si>
     <t>SAV-4</t>
   </si>
   <si>
     <t>Квадратная рама для надежного крепления рупорных громкоговорителей (до 2-х штук) на крыше автомобиля. Оснащена мощными присосками и регулируемым страховочным ремнём. Есть отверстия для АС. Совместимые модели: FE-1210, FE-107, FE-149 и им подобные. Быстрый и простой монтаж. Габариты 310x50x310 мм, вес 1,7 кг.</t>
   </si>
   <si>
-    <t>24 127</t>
+    <t>24 525</t>
   </si>
   <si>
     <t>1.8</t>
   </si>
   <si>
     <t>Вспомогательное оборудование</t>
   </si>
   <si>
     <t>1.8.1</t>
   </si>
   <si>
     <t>Аудиопроцессоры</t>
   </si>
   <si>
     <t>SR-1590</t>
   </si>
   <si>
     <t>Устройство для обеспечения подавления обратной связи в акустических линиях. Режим работы моно. Использует частотный сдвиг 5 Гц ±1 Гц. Входы: 1 микрофонный, балансный XLR, 1 линейный, небалансный 6.3 мм Jack, 1 AUX, 1х 2RCA. Выходы аналогичные. Активация по нажатию кнопки. Габаритные размеры 483x44,5x210 мм (1U), вес 2,3 кг. Монтаж настольный или Rack. Питание 220В.</t>
   </si>
   <si>
-    <t>68 833</t>
+    <t>69 970</t>
   </si>
   <si>
     <t>1.8.2</t>
   </si>
   <si>
     <t>Селекторы спикерных зон</t>
   </si>
   <si>
     <t>CB-400V</t>
   </si>
   <si>
     <t>Ретранслятор/селектор сигнала с одной из входных линий 8 Ω (всего 2) на 1-4 выходных линии 8 Ω. Мощность 2х 100Вт (стерео-режим). Независимая регулировка громкости. Габаритные размеры 432x58x158 мм (1,5U), вес 2.8 кг. В качестве коннекторов использованы винтовые клеммы. Монтаж настольный или Rack.</t>
   </si>
   <si>
-    <t>44 706</t>
+    <t>45 444</t>
   </si>
   <si>
     <t>SL-400V</t>
   </si>
   <si>
     <t>Ретранслятор/селектор сигнала с одной из входных линий 100В (всего 2) на 1-4 выходных линии 100В. Мощность 4х 150Вт. Независимая регулировка громкости. Габаритные размеры 432x76x190 мм (1,5U), вес 2.8 кг. В качестве коннекторов использованы винтовые клеммы. Монтаж настольный или Rack.</t>
   </si>
   <si>
-    <t>65 906</t>
+    <t>66 994</t>
   </si>
   <si>
     <t>1.9</t>
   </si>
   <si>
     <t>Аттенюаторы</t>
   </si>
   <si>
     <t>1.9.1</t>
   </si>
   <si>
     <t>Аттенюаторы трансляционных линий</t>
   </si>
   <si>
     <t>DOT-100TR</t>
   </si>
   <si>
     <t>Устройство для регулирования громкости звука, работает с трансляционными АС: напряжение 100В, максимальная мощность 100 Вт. Регулировка за счёт диммера (11 позиций, включая mute). Подключение: 2-х/3-х или 4-х проводное, реле приоритетности при 3-х и 4-х проводном. Монтаж на стену, накладной или врезной, в зависимости от применяемого монтажного бокса. Габаритные размеры 83x83x50 мм, вес 200 г. Лицевая панель из пластика белого цвета.</t>
   </si>
   <si>
-    <t>12 507</t>
+    <t>12 714</t>
   </si>
   <si>
     <t>DOT-12TR</t>
   </si>
   <si>
     <t>Устройство для регулирования громкости звука, работает с трансляционными АС: напряжение 100В, максимальная мощность 12 Вт. Регулировка за счёт диммера (11 позиций, включая mute). Подключение: 2-х/3-х или 4-х проводное, реле приоритетности при 3-х и 4-х проводном. Монтаж на стену, накладной или врезной, в зависимости от применяемого монтажного бокса. Габаритные размеры 83x83x50 мм, вес 150 г. Лицевая панель из пластика белого цвета.</t>
   </si>
   <si>
-    <t>7 185</t>
+    <t>7 304</t>
   </si>
   <si>
     <t>DOT-30TR</t>
   </si>
   <si>
     <t>Устройство для регулирования громкости звука, работает с трансляционными АС: напряжение 100В, максимальная мощность 30 Вт. Регулировка за счёт диммера (11 позиций, включая mute). Подключение: 2-х/3-х или 4-х проводное, реле приоритетности при 3-х и 4-х проводном. Монтаж на стену, накладной или врезной, в зависимости от применяемого монтажного бокса. Габаритные размеры 83x83x50 мм, вес 150 г. Лицевая панель из пластика белого цвета.</t>
   </si>
   <si>
-    <t>7 983</t>
+    <t>8 115</t>
   </si>
   <si>
     <t>DOT-60TR</t>
   </si>
   <si>
     <t>Устройство для регулирования громкости звука, работает с трансляционными АС: напряжение 100В, максимальная мощность 60 Вт. Регулировка за счёт диммера (11 позиций, включая mute). Подключение: 2-х/3-х или 4-х проводное, реле приоритетности при 3-х и 4-х проводном. Монтаж на стену, накладной или врезной, в зависимости от применяемого монтажного бокса. Габаритные размеры 83x83x50 мм, вес 200 г. Лицевая панель из пластика белого цвета.</t>
   </si>
   <si>
-    <t>9 491</t>
+    <t>9 648</t>
   </si>
   <si>
     <t>1.9.2</t>
   </si>
   <si>
     <t>Аксессуары для аттенюаторов</t>
   </si>
   <si>
     <t>DOT-BOX-B</t>
   </si>
   <si>
     <t>Монтажная коробка (бокс) для накладной настенной установки аттенюаторов серии DOT любой модификации. Цвет белый. Материал ABS-пластик, габариты 83 x 83 x 50 мм.</t>
   </si>
   <si>
-    <t>976</t>
+    <t>992</t>
   </si>
   <si>
     <t>DOT-BOX-N</t>
   </si>
   <si>
     <t>Монтажная коробка (бокс) для накладной настенной установки аттенюаторов серии DOT любой модификации. Цвет черный. Материал ABS-пластик, габариты 83 x 83 x 50 мм.</t>
   </si>
   <si>
     <t>DOT-01N</t>
   </si>
   <si>
     <t>Съёмная лицевая часть для придания аттенюаторам серии DOT особого стиля и шарма. Черный цвет. Габариты 83 x 83 x 13 мм.</t>
   </si>
   <si>
-    <t>1 419</t>
+    <t>1 443</t>
   </si>
   <si>
     <t>1.9.3</t>
   </si>
   <si>
     <t>Аттенюаторы низкоомных линий</t>
   </si>
   <si>
     <t>DOT-100M</t>
   </si>
   <si>
     <t>Устройство для регулирования громкости звука, работает с низкоомными АС: импеданс 4-8 Ω, максимальная мощность 100 Вт. Регулировка за счёт диммера (7 позиций, включая mute). Встроенный трансформатор повышает качество настройки громкости. Монтаж на стену, накладной или врезной, в зависимости от применяемого монтажного бокса. Габаритные размеры 83x83x50 мм, вес 200 г. Лицевая панель из пластика белого цвета.</t>
   </si>
   <si>
     <t>DOT-10M</t>
   </si>
   <si>
     <t>Устройство для регулирования громкости звука, работает с низкоомными АС: импеданс 4-8 Ω, максимальная мощность 10 Вт. Регулировка за счёт потенциометра (11 позиций, включая mute). Встроенный трансформатор повышает качество настройки громкости. Монтаж на стену, накладной или врезной, в зависимости от применяемого монтажного бокса. Габаритные размеры 83x83x33 мм, вес 100 г. Лицевая панель из пластика белого цвета.</t>
   </si>
   <si>
-    <t>6 387</t>
+    <t>6 492</t>
   </si>
   <si>
     <t>DOT-30M</t>
   </si>
   <si>
     <t>Устройство для регулирования громкости звука, работает с низкоомными АС: импеданс 4-8 Ω, максимальная мощность 30 Вт. Регулировка за счёт диммера (7 позиций, включая mute). Встроенный трансформатор повышает качество настройки громкости. Монтаж на стену, накладной или врезной, в зависимости от применяемого монтажного бокса. Габаритные размеры 83x83x33 мм, вес 100 г. Лицевая панель из пластика белого цвета.</t>
   </si>
   <si>
     <t>DOT-60M</t>
   </si>
   <si>
     <t>Устройство для регулирования громкости звука, работает с низкоомными АС: импеданс 4-8 Ω, максимальная мощность 60 Вт. Регулировка за счёт диммера (7 позиций, включая mute). Встроенный трансформатор повышает качество настройки громкости. Монтаж на стену, накладной или врезной, в зависимости от применяемого монтажного бокса. Габаритные размеры 83x83x50 мм, вес 200 г. Лицевая панель из пластика белого цвета.</t>
   </si>
   <si>
     <t>DOT-210ST</t>
   </si>
   <si>
     <t>Двухканальное устройство для регулирования громкости звука, работает с низкоомными АС: импеданс 4-8 Ω, максимальная мощность 2х 10 Вт. Диммер на 7 позиций, включая mute. Монтаж на стену, накладной или врезной, в зависимости от применяемого монтажного бокса. Габаритные размеры 83x83x43 мм, вес 100 г. Лицевая панель из пластика белого цвета.</t>
   </si>
   <si>
     <t>1.10</t>
   </si>
   <si>
     <t>Аксессуары и комплектующие для акустики</t>
   </si>
   <si>
     <t>1.10.3</t>
   </si>
   <si>
     <t>Звуковые излучатели</t>
   </si>
   <si>
     <t>RM-102</t>
   </si>
   <si>
     <t>Звуковой излучатель для монтажа в рупорный диффузор серии RM. Высокая мощность до 100Вт и SPL до 110 дБ, диапазон частот 100 - 10 000 Гц. Импеданс 16 Ом. Габариты Ø120 мм x 123 мм, цвет серый, масса 2.1 кг. Крепление на стандартную резьбу 1⅜".</t>
   </si>
   <si>
-    <t>9 580</t>
+    <t>9 738</t>
   </si>
   <si>
     <t>RM-110S</t>
   </si>
   <si>
     <t>Звуковой излучатель для монтажа в рупорный диффузор серии RM. Высокая мощность до 100Вт и SPL до 116 дБ, диапазон частот 260 - 8 500 Гц. Импеданс 11 Ом. Габариты Ø116 мм x 106 мм, цвет черный, масса 3.3 кг. Крепление на стандартную резьбу 1⅜". Предназначен для сирен и тому подобных устройств с целью выдачи мощных тревожных сигналов.</t>
   </si>
   <si>
-    <t>22 531</t>
+    <t>22 902</t>
   </si>
   <si>
     <t>RM-40</t>
   </si>
   <si>
     <t>Звуковой излучатель для монтажа в рупорный диффузор серии RM. Высокая мощность до 40 Вт и SPL до 107 дБ, диапазон частот 180 - 6 500 Гц. Импеданс 16 Ом. Габариты Ø110 мм x 114 мм, цвет серый, масса 1.5 кг. Крепление на стандартную резьбу 1⅜".</t>
   </si>
   <si>
     <t>RM-62</t>
   </si>
   <si>
     <t>Звуковой излучатель для монтажа в рупорный диффузор серии RM. Высокая мощность до 60 Вт и SPL до 109 дБ, диапазон частот 150 - 6 000 Гц. Импеданс 16 Ом. Габариты Ø114 мм x 106 мм, цвет серый, масса 1.7 кг. Крепление на стандартную резьбу 1⅜".</t>
   </si>
   <si>
-    <t>8 161</t>
+    <t>8 295</t>
   </si>
   <si>
     <t>RM-35T</t>
   </si>
   <si>
     <t>Звуковой трансляционный излучатель для монтажа в рупорный диффузор серии RM. Оснащён трансформатором, подключение в линии 100В. Мощность 10/20/35 Вт, SPL до 114 дБ, диапазон частот 150 - 6 000 Гц. Габариты Ø130 мм x 137 мм, цвет серый, масса 1.9 кг. Крепление на стандартную резьбу 1⅜". Предназначен для сирен и тому подобных устройств с целью выдачи мощных тревожных сигналов.</t>
   </si>
   <si>
     <t>RM-61T</t>
   </si>
   <si>
     <t>Звуковой трансляционный излучатель для монтажа в рупорный диффузор серии RM. Оснащён трансформатором, подключение в линии 70/100В. Мощность 10-60 Вт, SPL до 114 дБ, диапазон частот 200 - 6 000 Гц. Габариты Ø130 мм x 140 мм, цвет серый, масса 2.5 кг. Крепление на стандартную резьбу 1⅜". Предназначен для сирен и тому подобных устройств с целью выдачи мощных тревожных сигналов.</t>
   </si>
   <si>
-    <t>17 918</t>
+    <t>18 214</t>
   </si>
   <si>
     <t>1.10.6</t>
   </si>
   <si>
     <t>Трансформаторы</t>
   </si>
   <si>
     <t>TFL-100</t>
   </si>
   <si>
     <t>Трансформирует сигнал из линии 100 В в линейный сигнал AUX. Входные коннекторы Euroblock; разъёмы на выходе: AUX (линейный, небалансный), RCA и XLR. Уровень сигнала на выходе регулируется 0 - 1,5 В.</t>
   </si>
   <si>
-    <t>20 668</t>
+    <t>21 009</t>
   </si>
   <si>
     <t>CV-1715</t>
   </si>
   <si>
     <t>Встраиваемый трансформаторный модуль 70/100В для низкоомных АС. Отводы 100 В: 15 Вт (670 Ом), 10 Вт (1 кОм), 5 Вт (2 кОм), 2,5 Вт (4 кОм), 1.25 Вт (8 кОм); отводы 70 В: 7.5 Вт (670 Ом), 5 Вт (1 кОм), 2.5 Вт (2 кОм), 1,25 Вт (4 кОм), 0.63 Вт (8 кОм). Выходной импеданс 4 - 8 Ом.</t>
   </si>
   <si>
-    <t>4 524</t>
+    <t>4 599</t>
   </si>
   <si>
     <t>CV-1720</t>
   </si>
   <si>
     <t>Встраиваемый трансформаторный модуль 70/100В для низкоомных АС. Отводы 100 В: 20 Вт (500 Ом), 15 Вт (670 Ом), 10 Вт (1 кОм), 5 Вт (2 кОм), 2,5 Вт (4 кОм); отводы 70 В: 10 Вт (500 Ом), 7,5 Вт (670 Ом), 5 Вт (1 кОм), 2,5 Вт (2 кОм), 1,25 Вт (4 кОм). Выходной импеданс 4 - 8 Ом.</t>
   </si>
   <si>
     <t>CV-1730</t>
   </si>
   <si>
     <t>Встраиваемый трансформаторный модуль 70/100В для низкоомных АС. Отводы 100 В: 30 Вт (333 Ом), 20 Вт (500 Ом), 10 Вт (1 кОм); отводы 70 В: 15 Вт (333 Ом), 10 Вт (500 Ом), 5 Вт (1 кОм). Выходной импеданс 4 - 8 Ом.</t>
   </si>
   <si>
-    <t>6 032</t>
+    <t>6 131</t>
   </si>
   <si>
     <t>CV-1740</t>
   </si>
   <si>
     <t>Встраиваемый трансформаторный модуль 100В для низкоомных АС. Отводы 100 В: 40 Вт (250 Ом), 30 Вт (333 Ом), 20 Вт (500 Ом), 10 Вт (1 кОм). Выходной импеданс 4 - 8 Ом.</t>
   </si>
   <si>
     <t>CV-175</t>
   </si>
   <si>
     <t>Встраиваемый трансформаторный модуль 100В для низкоомных АС. Отводы: 5 Вт (2000 Ом), 3 Вт (3333 Ом), 2 Вт (5 кОм), 1 Вт (10 кОм), 0.5 (20 кОм). Выходной импеданс 4 - 8 Ом.</t>
   </si>
   <si>
-    <t>3 371</t>
+    <t>3 426</t>
   </si>
   <si>
     <t>CV-1750</t>
   </si>
   <si>
     <t>Встраиваемый трансформаторный модуль 70/100В для низкоомных АС. Отводы 100 В: 50 Вт (200 Ом), 40 Вт (250 Ом), 30 Вт (333 Ом), 20 Вт (500 Ом); отводы 70 В: 25 Вт (200 Ом), 20 Вт (250 Ом), 15 Вт (333 Ом), 10 Вт (500 Ом). Выходной импеданс 4 - 8 Ом.</t>
   </si>
   <si>
-    <t>6 741</t>
+    <t>6 853</t>
   </si>
   <si>
     <t>CV-1815W</t>
   </si>
   <si>
     <t>Встраиваемый трансформаторный модуль 70/100В для низкоомных АС. Отводы: 15 Вт (670 Ом), 10 Вт (1 кОм), 5 Вт (2 кОм), 2,5 Вт (4 кОм), 1.25 (8 кОм). Выходной импеданс 8 Ом.</t>
   </si>
   <si>
     <t>1.10.9</t>
   </si>
   <si>
     <t>Измерители сопротивления</t>
   </si>
   <si>
     <t>MI-21</t>
   </si>
   <si>
     <t>Прибор для измерения полного сопротивления низкоомной или трансляционной акустической линии с напряжением 70 / 100 В. 3 диапазона (1 кГц): 200 Ом, 2 кОм и 20 кОм. Информативный ЖК-дисплей и два щупа. Питание от батареек, 9В. Габариты 87x188x38 мм, вес 400 г.</t>
   </si>
   <si>
-    <t>47 988</t>
+    <t>48 780</t>
   </si>
   <si>
     <t>1.10.10</t>
   </si>
   <si>
     <t>Диффузоры</t>
   </si>
   <si>
     <t>RD-165</t>
   </si>
   <si>
     <t>Рупор, поддерживающий 1 аудиодрайвер со стандартной резьбой 1⅜" (серия FONESTAR RM) и максимальными размерами Ø120 мм x 175 мм глубина. Обеспечивает дисперсию 110°. Материал корпуса алюминий, габариты Ø410 мм x 300 мм, вес 1.5 кг. IP66, применение на улице. Драйвер приобретается отдельно!</t>
   </si>
   <si>
-    <t>9 136</t>
+    <t>9 287</t>
   </si>
   <si>
     <t>RD-205</t>
   </si>
   <si>
     <t>Рупор, поддерживающий 1 аудиодрайвер со стандартной резьбой 1⅜" (серия FONESTAR RM) и максимальными размерами Ø120 мм x 175 мм глубина. Обеспечивает дисперсию 100°. Материал корпуса алюминий, габариты Ø510 мм x 380 мм, вес 1.9 кг. IP66, применение на улице. Драйвер приобретается отдельно!</t>
   </si>
   <si>
-    <t>11 088</t>
+    <t>11 271</t>
   </si>
   <si>
     <t>RD-45</t>
   </si>
   <si>
     <t>Рупор, поддерживающий до 4-х аудиодрайверов со стандартной резьбой 1⅜" (серия FONESTAR RM) и максимальными размерами Ø120 мм x 175 мм глубина. Материал корпуса алюминий, габариты Ø460 мм x 475 мм, вес 7 кг. IP66, применение на улице. Драйверы приобретаются отдельно!</t>
   </si>
   <si>
-    <t>39 029</t>
+    <t>39 673</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>